--- v0 (2025-11-06)
+++ v1 (2026-02-02)
@@ -9,3109 +9,2670 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6E02725D" w14:textId="7ABB9089" w:rsidR="00045609" w:rsidRPr="00274CBB" w:rsidRDefault="00045609" w:rsidP="00045609">
-[...25 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="70A82D8A" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kérelem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73322A3F" w14:textId="08A4D0EF" w:rsidR="007C35B4" w:rsidRDefault="007C35B4" w:rsidP="00BA2B6E">
+    <w:p w14:paraId="7EE7F6D9" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C35B4">
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>egészségügyi szolgálati jogviszony</w:t>
+        <w:t>egészségügyi szolgálati jogviszonyt érintő további munkavégzésre irányuló jogviszony engedélyezése iránt</w:t>
       </w:r>
-      <w:r w:rsidR="00595EC1">
+    </w:p>
+    <w:p w14:paraId="23F5DC71" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">t </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD5627">
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>érintő</w:t>
-[...72 lines deleted...]
-        <w:t>érelmező</w:t>
+        <w:t>Kérelmező</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Rcsostblzat"/>
+        <w:tblStyle w:val="Rcsostblzat1"/>
         <w:tblW w:w="9640" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9640"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="41A777A0" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="4306ED6F" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1506D1B3" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="2A16AD66" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="00972537">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7680"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Intézmény neve:</w:t>
             </w:r>
+            <w:r w:rsidR="000C683D" w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="65F43A25" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="640D8FC6" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50A5066C" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="7BCF8AD2" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Címe:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="4EB0C74F" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="103EB971" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65678045" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="775197F0" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>A foglalkoztatott szervezeti egysége:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="62806856" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="7385938A" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EDAFF48" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="515CE337" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Munkakör: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="049D9F70" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="7024C8F1" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="732F9CC1" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="6679F7D0" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Heti munkaidő: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="749AFCD3" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="2FEFD048" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DFA40F7" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="4E3DB259" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Önként vállalt többletmunka megállapodással </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>rendelkezik?*</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">             igen                     nem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78E21439" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="1E162CBB" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="142ECC5D" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="53BEBBDA" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Nyilatkozat, kérelem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6262D6C9" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="573983B1" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">az egészségügyi szolgálati jogviszonyban álló személy </w:t>
       </w:r>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>további jogviszonyának támogatásáról</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D6D668" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="547E13E9" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40EC1126" w14:textId="54A3F286" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="00A860EC" w:rsidP="003D5E1E">
+    <w:p w14:paraId="03CEC018" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Igénylő</w:t>
-[...19 lines deleted...]
-        <w:t>adatai</w:t>
+        <w:t>Igénylő foglalkoztatott (munkavállaló) adatai</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Rcsostblzat"/>
+        <w:tblStyle w:val="Rcsostblzat1"/>
         <w:tblW w:w="9640" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4933"/>
         <w:gridCol w:w="4707"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="47344AA7" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="115D9CC9" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5AAF94" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="2DAC0228" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Foglalkoztatott neve:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="210E9344" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="3ADB7D2B" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="1CC27215" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="150CF1D5" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C20D64A" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="4F548D68" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Anyja neve:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52C9A4C1" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="79C1A612" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="76587EA7" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="5C4A56F6" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A9F4DAB" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="2CA6446F" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Születési hely, idő:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C73823E" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="019C17D1" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="3C517676" w14:textId="77777777" w:rsidTr="00DB53A8">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="69FEE846" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFFCFDE" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="2AF6F163" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Adóazonosító jel:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4707" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD65395" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="5E9735FC" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C3A65F6" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="7321BC90" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="076640B9" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="704BD92B" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">További jogviszony adatai </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Rcsostblzat"/>
+        <w:tblStyle w:val="Rcsostblzat1"/>
         <w:tblW w:w="9764" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="2256"/>
         <w:gridCol w:w="2546"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="122C91EE" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="36EE5412" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78CDAF14" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="28D74660" w14:textId="3239A499" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000C114D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Foglalkoztató neve:</w:t>
+              <w:t>Foglalkoztató neve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="05C2831D" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="65B39F2C" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="1FE8546E" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="4F50C06D" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E7193F" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="701BFE65" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Foglalkoztató címe/székhelye:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06C07229" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="7CFB49F2" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="2CB54053" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="1B4CAB8F" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFBC904" w14:textId="5DDF1C02" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00E74520">
+          <w:p w14:paraId="67F2E4A5" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">A foglalkoztató az </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Eszjtv</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>. hatálya alá tartozó egészségügyi szolgáltató</w:t>
             </w:r>
-            <w:r w:rsidR="00E74520" w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="2"/>
+              <w:footnoteReference w:id="3"/>
             </w:r>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">?* </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5B7C1E" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="6C3A7FFB" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>igen                                          nem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="0D5298C0" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="63FAA70E" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4071772F" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00E74520">
+          <w:p w14:paraId="675E4BAA" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Jogviszony típusa</w:t>
             </w:r>
-            <w:r w:rsidR="00E74520" w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="3"/>
+              <w:footnoteReference w:id="4"/>
             </w:r>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF62768" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="278993DF" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="342FA3A3" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="29EED9E2" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34BABAAB" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="21E7A425" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tevékenység végzésének helye:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7A97FF72" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="4E90F409" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="085FF7CE" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="5600E6A6" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22A57B5C" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="4B297A0F" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Feladatkör/munkakör megnevezése:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="417A356A" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="113C6BD1" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="06468756" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="2E788FC5" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64B25A92" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00E74520">
+          <w:p w14:paraId="7B9D5135" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Jogviszony jellege</w:t>
             </w:r>
-            <w:r w:rsidR="00E74520" w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="4"/>
+              <w:footnoteReference w:id="5"/>
             </w:r>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="294990D8" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="5D415577" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="72488A81" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="78BADB23" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC2B20D" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="623054BA" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Jogviszony kezdete:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7A358552" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="732F4D71" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="0ABD0FB8" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="6FB19941" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63F67078" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="3375CDEB" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Jogviszony vége (határozott idő esetén):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0045A44F" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="4969821E" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="3DECEDD9" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="3E039120" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:trPr>
           <w:trHeight w:val="2354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1210AEFC" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="0B514316" w14:textId="59502C61" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>A heti munkaidő/ellátandó tevékenység időtartamának gyakorisága, megoszlása</w:t>
             </w:r>
+            <w:r w:rsidR="00B63C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="37C2A7FA" w14:textId="037361AE" w:rsidR="000A7956" w:rsidRDefault="000A7956" w:rsidP="000A7956">
+          <w:p w14:paraId="478748D5" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-380"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D38D1CA" w14:textId="622DE223" w:rsidR="003D5E1E" w:rsidRPr="00BA2B6E" w:rsidRDefault="003D5E1E" w:rsidP="00BA2B6E">
+          <w:p w14:paraId="2C01E2CE" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1335"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD33648" w14:textId="47042170" w:rsidR="003D5E1E" w:rsidRPr="000A7956" w:rsidRDefault="003D5E1E">
+          <w:p w14:paraId="5F66C0FE" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="00972537">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>napi  /</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">  heti  /  havi  /  időszakos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C412B8" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="0406A70B" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="00972537">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Munkaidő napokra, órára lebontva:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C9A6A52" w14:textId="53425B8E" w:rsidR="003D5E1E" w:rsidRPr="00ED25E0" w:rsidRDefault="003D5E1E">
+          <w:p w14:paraId="0E431183" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED25E0">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>(pl.: hétfő, 12</w:t>
-[...19 lines deleted...]
-              <w:t>16 óráig)</w:t>
+              <w:t>(pl.: hétfő, 12–16 óráig)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="7B5E0724" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="60CA06B0" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="456D6038" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="29E35DDB" w14:textId="4C40497D" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Heti óraszám összesen</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="10111BA3" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="12945D3F" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="05792166" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="55F86AF3" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6144E27E" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="416F6EBF" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Amennyiben változó munkarendben látja el a feladatait, úgy azon időintervallum megjelölése, amikor a további jogviszonyt vállalni tudja.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB1E3B3" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="6AF862EF" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="20B4083F" w14:textId="77777777" w:rsidTr="00BA2B6E">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="7BAA4E50" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1302F197" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="362BDD7F" w14:textId="2D6A82AA" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Az engedélyezni kívánt tevékenység az elsődleges jogviszony szerinti munkaidőt érinti *</w:t>
+              <w:t xml:space="preserve">Az engedélyezni kívánt tevékenység az elsődleges jogviszony szerinti munkaidőt </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>érinti</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BDD1638" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            igen                                          nem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="2C65F197" w14:textId="77777777" w:rsidTr="00C402DE">
+        <w:trPr>
+          <w:trHeight w:val="813"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8B4973" w14:textId="6A238FFE" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Új kérelem benyújtása (az engedélyben szereplő adatok megváltozása esetén</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00C47056" w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8D9A51" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>igen                                          nem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="2261BE37" w14:textId="77777777" w:rsidTr="00C402DE">
+        <w:trPr>
+          <w:trHeight w:val="699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF1F15D" w14:textId="7157F41D" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507335">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Új kérelem benyújtása esetén a korábbi engedély azonosító száma</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72FAF5C9" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="25C56FE0" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-[...173 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03A518DA" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DA423D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Cmsor1"/>
+    <w:p w14:paraId="1ACB15A8" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="432"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:ind w:left="0" w:hanging="284"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Nyilatkozom, hogy </w:t>
       </w:r>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>az egészségügyi tevékenység végzésének egyes kérdéseiről</w:t>
       </w:r>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> szóló </w:t>
       </w:r>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t>2003. évi LXXXIV. törvény 5. § (5) és (6) bekezdésében foglaltaknak megfelelek</w:t>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>2003. évi LXXXIV. törvény 5. § (5) és (6) bekezdésében foglaltaknak megfelelek.</w:t>
       </w:r>
-      <w:r w:rsidR="008F4CF3" w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t>.</w:t>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
       </w:r>
-      <w:r w:rsidR="003E23A3" w:rsidRPr="00274CBB">
-[...3 lines deleted...]
-          <w:spacing w:val="-5"/>
+    </w:p>
+    <w:p w14:paraId="7C0A810E" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="432"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:ind w:left="0" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:footnoteReference w:id="5"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Új kérelem benyújtása esetén kérem a mellékelt, fent megjelölt azonosító számú engedélyem archiválását. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB7062F" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00911C74">
-[...14 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w14:paraId="3A05EAAD" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...8 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1008BA9A" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="60"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">Hely, dátum </w:t>
       </w:r>
-      <w:r w:rsidRPr="00274CBB">
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>…………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B75329B" w14:textId="0D6D323D" w:rsidR="00DD3369" w:rsidRPr="00274CBB" w:rsidRDefault="005C71DB" w:rsidP="00BA2B6E">
-[...101 lines deleted...]
-    <w:p w14:paraId="3A235620" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="39EB71EC" w14:textId="77777777" w:rsidR="000C683D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
         <w:t>--------</w:t>
       </w:r>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78ABE017" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="187E4B9F" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000F2C68" w:rsidP="00972537">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6946"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000A7F8D" w:rsidRPr="00507335">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>munkavállaló aláírása</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C0C3B8" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
-      <w:pPr>
+    <w:p w14:paraId="4027C0EB" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="center" w:pos="6946"/>
+          <w:tab w:val="clear" w:pos="432"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:ind w:left="0" w:hanging="284"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Rcsostblzat"/>
+        <w:tblStyle w:val="Rcsostblzat1"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4547"/>
         <w:gridCol w:w="4525"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="5903E57A" w14:textId="77777777" w:rsidTr="00911C74">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="7FF08464" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75EB6BBE" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="5020CD03" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Munkahelyi közvetlen felettes neve:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4525" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63915201" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="1565DD89" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0411B" w:rsidRPr="00274CBB" w14:paraId="5296D86C" w14:textId="77777777" w:rsidTr="00911C74">
+      <w:tr w:rsidR="00507335" w:rsidRPr="00507335" w14:paraId="37B6A93D" w14:textId="77777777" w:rsidTr="00C402DE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05874F7E" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="4913F64D" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00274CBB">
+            <w:r w:rsidRPr="00507335">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>beosztása:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4525" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="330143E8" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00DB53A8">
+          <w:p w14:paraId="1DDCB91F" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FF98976" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="75874DDE" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54E71167" w14:textId="77777777" w:rsidR="0068413C" w:rsidRPr="0068413C" w:rsidRDefault="003D5E1E" w:rsidP="0068413C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Cmsor1"/>
+    <w:p w14:paraId="62C32D24" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="60"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t>Alulírott nyilatkozom, hogy az egészségügyi szolgálati jogviszonyban álló személy további jogviszonya a fenti feltételek me</w:t>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Alulírott nyilatkozom, hogy az egészségügyi szolgálati jogviszonyban álló személy további jogviszonya a fenti feltételek mellett az elsődleges jogviszonya szerinti feladatellátást nem befolyásolja, annak</w:t>
       </w:r>
-      <w:r w:rsidR="000F0CF8" w:rsidRPr="00274CBB">
-[...102 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008940B3" w:rsidRPr="0068413C">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve">munkaidejét </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23700F8B" w14:textId="1C6873D1" w:rsidR="0068413C" w:rsidRDefault="008940B3" w:rsidP="0068413C">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="74A7A2B4" w14:textId="563CEB81" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="60"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t>érinti/nem érinti*</w:t>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">érinti/nem </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>érinti</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5E19D16B" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F83E3CB" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>így a további jogviszony</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2FE43A" w14:textId="77777777" w:rsidR="0068413C" w:rsidRPr="0068413C" w:rsidRDefault="0068413C" w:rsidP="0068413C">
-[...48 lines deleted...]
-    <w:p w14:paraId="70013FB1" w14:textId="77777777" w:rsidR="008F4CF3" w:rsidRPr="00274CBB" w:rsidRDefault="008F4CF3" w:rsidP="00911C74">
+    <w:p w14:paraId="21C6A822" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AF56F6B" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="5D2CDB78" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>létesítését / fenntartását*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C06178" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="1CEC7080" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">támogatom / nem </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>támogatom.*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="53680D56" w14:textId="77777777" w:rsidR="007460FB" w:rsidRPr="00274CBB" w:rsidRDefault="007460FB" w:rsidP="003D5E1E">
+    <w:p w14:paraId="35A4932D" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59D486CA" w14:textId="77777777" w:rsidR="007460FB" w:rsidRPr="00274CBB" w:rsidRDefault="007460FB" w:rsidP="003D5E1E">
+    <w:p w14:paraId="05AEF36D" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4943D876" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00911C74">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="23BD5A6A" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="432"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:spacing w:val="-5"/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:spacing w:val="-5"/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Hely, dátum …………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD401FB" w14:textId="77777777" w:rsidR="00DD3369" w:rsidRPr="00274CBB" w:rsidRDefault="00DD3369" w:rsidP="00911C74">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="324268BA" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="425CCF3A" w14:textId="77777777" w:rsidR="00DD3369" w:rsidRPr="00274CBB" w:rsidRDefault="00DD3369" w:rsidP="00911C74">
+    <w:p w14:paraId="38B887B4" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D86C420" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="1A3ADFF5" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
         <w:t>-------</w:t>
       </w:r>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>------------------------------------</w:t>
-[...7 lines deleted...]
-        <w:t>---</w:t>
+        <w:t>---------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361EFA95" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="5FAE6C21" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
         <w:t>közvetlen munkahelyi felettes aláírása</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8002D0" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="41771BAF" w14:textId="77777777" w:rsidR="000F2C68" w:rsidRPr="00507335" w:rsidRDefault="000F2C68" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="7371"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AAA15CA" w14:textId="05866ABD" w:rsidR="0068413C" w:rsidRDefault="006A5A9F" w:rsidP="00814F6E">
+    <w:p w14:paraId="116DDF6B" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="center" w:pos="7371"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:left="426" w:hanging="426"/>
+        <w:ind w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidR="0068413C">
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">A további jogviszony létesítését a fenti részletezett feltételekkel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E533B6E" w14:textId="60AEEC1D" w:rsidR="0068413C" w:rsidRDefault="0068413C" w:rsidP="0068413C">
+    <w:p w14:paraId="3F20D35A" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="center" w:pos="7371"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12F8D9DB" w14:textId="3A86540D" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="0068413C">
+    <w:p w14:paraId="69590879" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="center" w:pos="7371"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>támogatom</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">/ nem </w:t>
+        <w:t xml:space="preserve">támogatom / nem </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00274CBB">
+      <w:r w:rsidRPr="00507335">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>támogatom.*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="6FCA566F" w14:textId="5D3CAA73" w:rsidR="003D5E1E" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="17A6EF90" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B63DC1C" w14:textId="77777777" w:rsidR="0068413C" w:rsidRPr="00274CBB" w:rsidRDefault="0068413C" w:rsidP="003D5E1E">
+    <w:p w14:paraId="7A412679" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4062E326" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00911C74">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="306DF4E2" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:keepNext/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:spacing w:val="-5"/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:spacing w:val="-5"/>
+          <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
+          <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Hely, dátum …………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB10857" w14:textId="77777777" w:rsidR="00DD3369" w:rsidRPr="00274CBB" w:rsidRDefault="00DD3369" w:rsidP="00911C74">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="05583E93" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E99BBC9" w14:textId="77777777" w:rsidR="00DD3369" w:rsidRPr="00274CBB" w:rsidRDefault="00DD3369" w:rsidP="00911C74">
+    <w:p w14:paraId="256530EC" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AC5E11E" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="361284F5" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
         <w:t>----------</w:t>
       </w:r>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645A003B" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="003D5E1E">
+    <w:p w14:paraId="7F837FD2" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> aláírása</w:t>
+        <w:t>szakmailag illetékes magasabb vezető aláírása</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC7CA72" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00737643">
+    <w:p w14:paraId="72CB8CCD" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="6946"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00274CBB">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00507335">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
         <w:t>P.H.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AAE70A5" w14:textId="77777777" w:rsidR="003D5E1E" w:rsidRPr="00274CBB" w:rsidRDefault="003D5E1E" w:rsidP="00814677">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormlWeb"/>
+    <w:p w14:paraId="1EFCAEB4" w14:textId="77777777" w:rsidR="0082775E" w:rsidRDefault="0082775E" w:rsidP="000A7F8D">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4920"/>
         </w:tabs>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1294E6CF" w14:textId="77777777" w:rsidR="0082775E" w:rsidRDefault="0082775E" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4920"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="60"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05E59BDF" w14:textId="75675A14" w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidRDefault="0082775E" w:rsidP="000A7F8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4920"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="60"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...39 lines deleted...]
-        <w:t>(*</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00CD4669">
-[...9 lines deleted...]
-        <w:t>megfelelő rész aláhúzandó!)</w:t>
+      <w:r w:rsidRPr="00973A89">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A megfelelő rész aláhúzandó!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6216B29C" w14:textId="77777777" w:rsidR="00193086" w:rsidRPr="00274CBB" w:rsidRDefault="00193086">
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="00193086" w:rsidRPr="00274CBB" w:rsidSect="00675D27">
+    <w:sectPr w:rsidR="000A7F8D" w:rsidRPr="00507335" w:rsidSect="000D2166">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1236" w:right="1418" w:bottom="907" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1235" w:right="1418" w:bottom="1418" w:left="1418" w:header="680" w:footer="624" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18144D67" w14:textId="77777777" w:rsidR="00225393" w:rsidRDefault="00225393" w:rsidP="00602B14">
+    <w:p w14:paraId="4A9E8C94" w14:textId="77777777" w:rsidR="00647B6D" w:rsidRDefault="00647B6D" w:rsidP="00602B14">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A39E67B" w14:textId="77777777" w:rsidR="00225393" w:rsidRDefault="00225393" w:rsidP="00602B14">
+    <w:p w14:paraId="416946DC" w14:textId="77777777" w:rsidR="00647B6D" w:rsidRDefault="00647B6D" w:rsidP="00602B14">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6D8540FD" w14:textId="77777777" w:rsidR="00225393" w:rsidRDefault="00225393">
+    <w:p w14:paraId="17615F8C" w14:textId="77777777" w:rsidR="00647B6D" w:rsidRDefault="00647B6D">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -3148,368 +2709,504 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1809892308"/>
+      <w:id w:val="-845630472"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="06A8FD12" w14:textId="4BE86813" w:rsidR="00CC25EC" w:rsidRDefault="00CC25EC">
+      <w:p w14:paraId="4EDADBE8" w14:textId="1C65DBB9" w:rsidR="00BE4771" w:rsidRDefault="00BE4771">
         <w:pPr>
           <w:pStyle w:val="llb"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003504D4">
-[...3 lines deleted...]
-          <w:t>3</w:t>
+        <w:r>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1C01589C" w14:textId="77777777" w:rsidR="00CC25EC" w:rsidRDefault="00CC25EC">
+  <w:p w14:paraId="6CC4915C" w14:textId="77777777" w:rsidR="00BE4771" w:rsidRDefault="00BE4771">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73477D90" w14:textId="77777777" w:rsidR="00225393" w:rsidRDefault="00225393" w:rsidP="00602B14">
+    <w:p w14:paraId="568E3AD6" w14:textId="77777777" w:rsidR="00647B6D" w:rsidRDefault="00647B6D" w:rsidP="00602B14">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22F92665" w14:textId="77777777" w:rsidR="00225393" w:rsidRDefault="00225393" w:rsidP="00602B14">
+    <w:p w14:paraId="623B8A25" w14:textId="77777777" w:rsidR="00647B6D" w:rsidRDefault="00647B6D" w:rsidP="00602B14">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5B55411B" w14:textId="77777777" w:rsidR="00225393" w:rsidRDefault="00225393">
+    <w:p w14:paraId="3817DED0" w14:textId="77777777" w:rsidR="00647B6D" w:rsidRDefault="00647B6D">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="312DCD80" w14:textId="77777777" w:rsidR="00E74520" w:rsidRPr="00F04300" w:rsidRDefault="00E74520">
+    <w:p w14:paraId="2330ED9E" w14:textId="77777777" w:rsidR="00973A89" w:rsidRPr="00973A89" w:rsidRDefault="00973A89" w:rsidP="00055595">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk213332752"/>
+      <w:r w:rsidRPr="00973A89">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*A megfelelő rész aláhúzandó!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="3DFD0EC3" w14:textId="1A1E9B1A" w:rsidR="000A7F8D" w:rsidRPr="00952093" w:rsidRDefault="000A7F8D" w:rsidP="00055595">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00952093">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Azt a szolgáltatót kell kiválasztani, akivel Ön jogviszonyban áll, akár mint magánszemély, akár mint vállalkozó/vállalkozás. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00952093">
+        <w:rPr>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00952093">
+        <w:rPr>
+          <w:color w:val="272833"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Akinek a nevében és a felelősségére történik a betegellátás)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00952093">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="302C2D07" w14:textId="7CA1924B" w:rsidR="000A7F8D" w:rsidRPr="00F04300" w:rsidRDefault="000A7F8D" w:rsidP="00055595">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> igen: állami vagy önkormányzati fennt</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00257703">
+      <w:r w:rsidR="00B63C77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F04300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gen: állami vagy önkormányzati fennt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve">artású egészségügyi szolgáltató, klinikai központ, valamint egyházi intézmény </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>esetén</w:t>
       </w:r>
-      <w:r w:rsidR="00257703">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> akkor az vállalta az </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00257703">
+      <w:r w:rsidRPr="00055595">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Eszjtv</w:t>
+        <w:t>akkor</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00257703">
+      <w:r w:rsidR="00A06FA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055595">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha az vállalta az Eszjtv</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. hatálya alá tartozást</w:t>
       </w:r>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, nem: magán egészségügyi ellátó esetében</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="3">
-    <w:p w14:paraId="45318277" w14:textId="16B7025C" w:rsidR="00E74520" w:rsidRPr="00F04300" w:rsidRDefault="00E74520">
+  <w:footnote w:id="4">
+    <w:p w14:paraId="29C82562" w14:textId="473B2EE0" w:rsidR="000A7F8D" w:rsidRPr="00F04300" w:rsidRDefault="000A7F8D" w:rsidP="00055595">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00F04300">
+      <w:r w:rsidR="00B63C77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> egészségügyi szolgálati jogviszony, önkéntes segítő, munkaviszony, szabadfoglalkozású jogviszony, személyes közreműködő – egyéni egészségügyi vállalkozóként, egyéni cég tagjaként vagy társas vállalkozás tagjaként stb.</w:t>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F04300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gészségügyi szolgálati jogviszony, önkéntes segítő, munkaviszony, szabadfoglalkozású jogviszony, személyes közreműködő – egyéni egészségügyi vállalkozóként, egyéni cég tagjaként vagy társas vállalkozás tagjaként stb.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="4">
-    <w:p w14:paraId="1766D657" w14:textId="77777777" w:rsidR="00E74520" w:rsidRPr="00F04300" w:rsidRDefault="00E74520">
+  <w:footnote w:id="5">
+    <w:p w14:paraId="0450E830" w14:textId="272EA288" w:rsidR="0082775E" w:rsidRDefault="0082775E" w:rsidP="0082775E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973A89">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A megfelelő rész aláhúzandó!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4EF125" w14:textId="310ABF12" w:rsidR="000A7F8D" w:rsidRPr="00F04300" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> határozott</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C1A15">
+      <w:r w:rsidR="00084F48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F04300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>atározott</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="007C1A15">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>határozatlan időtartamú</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
-    <w:p w14:paraId="5F39898A" w14:textId="77777777" w:rsidR="003E23A3" w:rsidRPr="00F04300" w:rsidRDefault="003E23A3" w:rsidP="003E23A3">
+  <w:footnote w:id="6">
+    <w:p w14:paraId="358622C3" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRPr="00F04300" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rStyle w:val="Lbjegyzet-hivatkozs"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>. 5. § (5)  Az egészségügyi dolgozó által egy naptári héten valamennyi, az e törvény III. fejezetében felsorolt jogviszony alapján végezhető egészségügyi tevékenység együttes időtartama – a 12/B. § (1) bekezdésében, valamint 12/F. § (4) bekezdésében foglalt kivétellel – 6 havi átlagban nem haladhatja meg a heti 60 órát, továbbá az egészségügyi tevékenység együttes időtartama egy naptári napon a 12 órát akkor sem haladhatja meg, ha az egészségügyi tevékenység végzésére párhuzamosan több vagy több fajta jogviszony keretében kerül sor. Az egészségügyi tevékenység különböző jogviszonyokban eltöltött együttes időtartamának meghatározása során az ügyeleti feladatellátás tekintetében csak az azon belüli tényleges egészségügyi tevékenységvégzés időtartamát kell figyelembe venni.</w:t>
+        <w:t xml:space="preserve"> Eütev. 5. § (5)  Az egészségügyi dolgozó által egy naptári héten valamennyi, az e törvény III. fejezetében felsorolt jogviszony alapján végezhető egészségügyi tevékenység együttes időtartama – a 12/B. § (1) bekezdésében, valamint 12/F. § (4) bekezdésében foglalt kivétellel – 6 havi átlagban nem haladhatja meg a heti 60 órát, továbbá az egészségügyi tevékenység együttes időtartama egy naptári napon a 12 órát akkor sem haladhatja meg, ha az egészségügyi tevékenység végzésére párhuzamosan több vagy több fajta jogviszony keretében kerül sor. Az egészségügyi tevékenység különböző jogviszonyokban eltöltött együttes időtartamának meghatározása során az ügyeleti feladatellátás tekintetében csak az azon belüli tényleges egészségügyi tevékenységvégzés időtartamát kell figyelembe venni.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5E6D57" w14:textId="77777777" w:rsidR="003E23A3" w:rsidRDefault="003E23A3" w:rsidP="003E23A3">
+    <w:p w14:paraId="75F0524D" w14:textId="77777777" w:rsidR="000A7F8D" w:rsidRDefault="000A7F8D" w:rsidP="000A7F8D">
       <w:pPr>
         <w:pStyle w:val="Lbjegyzetszveg"/>
       </w:pPr>
       <w:r w:rsidRPr="00F04300">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(6) A több, illetve a több fajta jogviszony keretében egészségügyi tevékenységet végző egészségügyi dolgozó az egyes jogviszonyai szerinti egészségügyi szolgáltatónál nyilatkozatban tanúsítja, hogy az egészségügyi tevékenysége az (5) bekezdés szerinti korlátot nem haladja meg.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="75627D04" w14:textId="77777777" w:rsidR="002754BF" w:rsidRPr="00E83A27" w:rsidRDefault="002754BF" w:rsidP="00F5025F">
+  <w:p w14:paraId="782A2474" w14:textId="77777777" w:rsidR="000C683D" w:rsidRPr="00972537" w:rsidRDefault="000C683D" w:rsidP="00972537">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="28"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="9072"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:sz w:val="12"/>
-        <w:szCs w:val="12"/>
+        <w:i/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="00972537">
+      <w:rPr>
+        <w:i/>
+      </w:rPr>
+      <w:t>függelék</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4CF23B72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Felsorols2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -3885,60 +3582,149 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8934" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9654" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="10374" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FE6288A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="58260ADE"/>
+    <w:lvl w:ilvl="0" w:tplc="9B907A10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="137B08F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3470F46C"/>
     <w:lvl w:ilvl="0" w:tplc="9DC89D8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="644" w:hanging="360"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="040E000F" w:tentative="1">
@@ -3974,51 +3760,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15BC088F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1264E0C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Cmsor1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Cmsor2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -4099,51 +3885,140 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Cmsor8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Cmsor9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A586B16"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="986A8546"/>
+    <w:lvl w:ilvl="0" w:tplc="DAEE978E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B1D67B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45B6BE18"/>
     <w:lvl w:ilvl="0" w:tplc="EC2C1D52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -4211,51 +4086,140 @@
     <w:lvl w:ilvl="7" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="230E7EE3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7BD28C4E"/>
+    <w:lvl w:ilvl="0" w:tplc="040E000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25364AAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1528EA4E"/>
     <w:lvl w:ilvl="0" w:tplc="D8663ECA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D71CC9B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -4324,51 +4288,230 @@
     <w:lvl w:ilvl="7" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26315BCF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C96838BA"/>
+    <w:lvl w:ilvl="0" w:tplc="040E000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8192" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8912" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9632" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10352" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11072" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="11792" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C4F1C62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCD2499C"/>
+    <w:lvl w:ilvl="0" w:tplc="6540B74E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E174B60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="614C35FA"/>
     <w:lvl w:ilvl="0" w:tplc="13168516">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4414,51 +4557,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42BE39FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86363860"/>
     <w:lvl w:ilvl="0" w:tplc="F78E9DF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -4503,51 +4646,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44FA7084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08109D68"/>
     <w:lvl w:ilvl="0" w:tplc="369A3424">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4593,51 +4736,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45C84B39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD06CD6A"/>
     <w:lvl w:ilvl="0" w:tplc="97203CF4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="474747"/>
         <w:sz w:val="27"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4707,51 +4850,51 @@
     <w:lvl w:ilvl="7" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="498A742C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="162A8666"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -4820,51 +4963,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CA50A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3470F46C"/>
     <w:lvl w:ilvl="0" w:tplc="9DC89D8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4910,51 +5053,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="501A4060"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29502A82"/>
     <w:lvl w:ilvl="0" w:tplc="040E0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -4999,51 +5142,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53483F34"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B9F6AF72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5112,51 +5255,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="604B6474"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F52670BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="491"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5225,51 +5368,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65570236"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA12E09E"/>
     <w:lvl w:ilvl="0" w:tplc="040E000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -5314,51 +5457,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65C86D0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="19FAEA2A"/>
     <w:lvl w:ilvl="0" w:tplc="040E000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -5403,51 +5546,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EB72444"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC761D16"/>
     <w:lvl w:ilvl="0" w:tplc="040E000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Felsorols"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
@@ -5529,51 +5672,51 @@
     <w:lvl w:ilvl="7" w:tplc="040E0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70814DEA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BE30C826"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5642,51 +5785,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9360" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10440" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EB25552"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D364427A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5755,51 +5898,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F467C2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9A04AC0"/>
     <w:lvl w:ilvl="0" w:tplc="040E0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -5845,1484 +5988,1714 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00602B14"/>
     <w:rsid w:val="000016D1"/>
     <w:rsid w:val="00001E65"/>
     <w:rsid w:val="000055D9"/>
     <w:rsid w:val="000057A4"/>
     <w:rsid w:val="00006AF8"/>
+    <w:rsid w:val="000106EB"/>
     <w:rsid w:val="0001137F"/>
     <w:rsid w:val="00013684"/>
     <w:rsid w:val="0001527D"/>
+    <w:rsid w:val="00016205"/>
     <w:rsid w:val="000168B7"/>
     <w:rsid w:val="00016D1B"/>
+    <w:rsid w:val="0001723C"/>
     <w:rsid w:val="00017446"/>
     <w:rsid w:val="00020BBC"/>
     <w:rsid w:val="00021318"/>
     <w:rsid w:val="000217FA"/>
     <w:rsid w:val="00021956"/>
+    <w:rsid w:val="00025B9D"/>
     <w:rsid w:val="0002714D"/>
     <w:rsid w:val="00033304"/>
     <w:rsid w:val="0003333E"/>
     <w:rsid w:val="00033385"/>
     <w:rsid w:val="00034024"/>
     <w:rsid w:val="000351B1"/>
     <w:rsid w:val="00035D51"/>
     <w:rsid w:val="000378F2"/>
     <w:rsid w:val="00041B08"/>
     <w:rsid w:val="00042706"/>
     <w:rsid w:val="00042F72"/>
     <w:rsid w:val="00043728"/>
     <w:rsid w:val="00045495"/>
     <w:rsid w:val="00045609"/>
     <w:rsid w:val="000469F0"/>
     <w:rsid w:val="000479B6"/>
     <w:rsid w:val="000510C5"/>
     <w:rsid w:val="00051184"/>
     <w:rsid w:val="00052359"/>
     <w:rsid w:val="00052638"/>
     <w:rsid w:val="000545D2"/>
     <w:rsid w:val="000549F7"/>
+    <w:rsid w:val="00055595"/>
     <w:rsid w:val="0005592E"/>
+    <w:rsid w:val="00057667"/>
+    <w:rsid w:val="00061294"/>
     <w:rsid w:val="000632D4"/>
     <w:rsid w:val="00063435"/>
+    <w:rsid w:val="00064B8E"/>
     <w:rsid w:val="000662CB"/>
     <w:rsid w:val="0006654E"/>
     <w:rsid w:val="000708AC"/>
     <w:rsid w:val="00072CF1"/>
     <w:rsid w:val="00077D37"/>
     <w:rsid w:val="00080328"/>
+    <w:rsid w:val="000826CB"/>
+    <w:rsid w:val="00084F48"/>
     <w:rsid w:val="00085BB5"/>
     <w:rsid w:val="00087045"/>
     <w:rsid w:val="0009181A"/>
     <w:rsid w:val="000930D7"/>
     <w:rsid w:val="00095B8D"/>
     <w:rsid w:val="00095DFA"/>
     <w:rsid w:val="000A0373"/>
     <w:rsid w:val="000A088E"/>
     <w:rsid w:val="000A1CC7"/>
     <w:rsid w:val="000A2193"/>
     <w:rsid w:val="000A2697"/>
     <w:rsid w:val="000A3E17"/>
     <w:rsid w:val="000A5B0E"/>
-    <w:rsid w:val="000A7956"/>
+    <w:rsid w:val="000A7F8D"/>
     <w:rsid w:val="000B0EBB"/>
     <w:rsid w:val="000B1229"/>
     <w:rsid w:val="000B1756"/>
     <w:rsid w:val="000B1EAE"/>
     <w:rsid w:val="000B2965"/>
     <w:rsid w:val="000B331B"/>
     <w:rsid w:val="000B3AAB"/>
     <w:rsid w:val="000B55F3"/>
     <w:rsid w:val="000B586B"/>
     <w:rsid w:val="000B5BA5"/>
     <w:rsid w:val="000B669B"/>
     <w:rsid w:val="000B7BD5"/>
+    <w:rsid w:val="000C114D"/>
     <w:rsid w:val="000C1750"/>
+    <w:rsid w:val="000C1804"/>
     <w:rsid w:val="000C2165"/>
+    <w:rsid w:val="000C2B26"/>
     <w:rsid w:val="000C4EFC"/>
+    <w:rsid w:val="000C683D"/>
     <w:rsid w:val="000C732A"/>
     <w:rsid w:val="000C7489"/>
     <w:rsid w:val="000D1B9F"/>
+    <w:rsid w:val="000D2166"/>
     <w:rsid w:val="000D24A6"/>
     <w:rsid w:val="000D3528"/>
     <w:rsid w:val="000D4F21"/>
     <w:rsid w:val="000D68A7"/>
     <w:rsid w:val="000E0561"/>
+    <w:rsid w:val="000E4E98"/>
     <w:rsid w:val="000E506B"/>
     <w:rsid w:val="000E61AB"/>
     <w:rsid w:val="000E6858"/>
     <w:rsid w:val="000E7C44"/>
     <w:rsid w:val="000F0CF8"/>
+    <w:rsid w:val="000F2C68"/>
+    <w:rsid w:val="000F540A"/>
     <w:rsid w:val="000F548F"/>
     <w:rsid w:val="000F6117"/>
     <w:rsid w:val="000F6646"/>
+    <w:rsid w:val="00101366"/>
     <w:rsid w:val="00102C92"/>
+    <w:rsid w:val="001031E0"/>
     <w:rsid w:val="0010379F"/>
     <w:rsid w:val="00103DC4"/>
     <w:rsid w:val="00104C19"/>
     <w:rsid w:val="001058C3"/>
     <w:rsid w:val="00106C4C"/>
     <w:rsid w:val="00107A2F"/>
     <w:rsid w:val="0011079F"/>
     <w:rsid w:val="00110A56"/>
     <w:rsid w:val="001129A2"/>
     <w:rsid w:val="0011427B"/>
     <w:rsid w:val="001146A5"/>
     <w:rsid w:val="00115630"/>
     <w:rsid w:val="0012019D"/>
     <w:rsid w:val="001217D4"/>
+    <w:rsid w:val="00122535"/>
+    <w:rsid w:val="00122701"/>
     <w:rsid w:val="00126A18"/>
+    <w:rsid w:val="00127924"/>
     <w:rsid w:val="001303AD"/>
     <w:rsid w:val="00131255"/>
+    <w:rsid w:val="00132D79"/>
     <w:rsid w:val="00133D9B"/>
     <w:rsid w:val="0013708F"/>
     <w:rsid w:val="00137CB8"/>
     <w:rsid w:val="00145BD1"/>
     <w:rsid w:val="00150ED6"/>
     <w:rsid w:val="00153900"/>
     <w:rsid w:val="001557E9"/>
     <w:rsid w:val="001567E7"/>
     <w:rsid w:val="00162B4E"/>
     <w:rsid w:val="00162B66"/>
     <w:rsid w:val="00163E5C"/>
+    <w:rsid w:val="00164379"/>
     <w:rsid w:val="001651F3"/>
     <w:rsid w:val="00167773"/>
+    <w:rsid w:val="00167ADD"/>
     <w:rsid w:val="00171E9C"/>
     <w:rsid w:val="00172344"/>
+    <w:rsid w:val="001746D2"/>
     <w:rsid w:val="00174832"/>
     <w:rsid w:val="001804B2"/>
     <w:rsid w:val="00180D7E"/>
     <w:rsid w:val="001825C5"/>
     <w:rsid w:val="00185438"/>
     <w:rsid w:val="00186E33"/>
     <w:rsid w:val="0019027B"/>
     <w:rsid w:val="00191279"/>
     <w:rsid w:val="00193086"/>
     <w:rsid w:val="00194725"/>
     <w:rsid w:val="00196208"/>
     <w:rsid w:val="0019656A"/>
     <w:rsid w:val="001A11C2"/>
     <w:rsid w:val="001A4D45"/>
     <w:rsid w:val="001A6245"/>
+    <w:rsid w:val="001A733A"/>
     <w:rsid w:val="001A7988"/>
     <w:rsid w:val="001A7B7E"/>
     <w:rsid w:val="001B1160"/>
     <w:rsid w:val="001B12EC"/>
     <w:rsid w:val="001B205B"/>
     <w:rsid w:val="001B7A5E"/>
+    <w:rsid w:val="001B7E86"/>
     <w:rsid w:val="001C0823"/>
     <w:rsid w:val="001C08F2"/>
     <w:rsid w:val="001C0CBD"/>
+    <w:rsid w:val="001C2103"/>
     <w:rsid w:val="001C2419"/>
     <w:rsid w:val="001C429A"/>
     <w:rsid w:val="001C51FF"/>
     <w:rsid w:val="001C5259"/>
+    <w:rsid w:val="001C66B5"/>
+    <w:rsid w:val="001D391F"/>
     <w:rsid w:val="001D39ED"/>
     <w:rsid w:val="001D55B1"/>
     <w:rsid w:val="001D667E"/>
     <w:rsid w:val="001D7307"/>
     <w:rsid w:val="001E2900"/>
     <w:rsid w:val="001E2F0B"/>
     <w:rsid w:val="001E43D0"/>
     <w:rsid w:val="001E70C5"/>
     <w:rsid w:val="001E7B4E"/>
     <w:rsid w:val="001F1C26"/>
     <w:rsid w:val="001F2330"/>
     <w:rsid w:val="001F35C8"/>
     <w:rsid w:val="001F4883"/>
     <w:rsid w:val="001F5E47"/>
     <w:rsid w:val="001F6320"/>
     <w:rsid w:val="00200843"/>
     <w:rsid w:val="0020354A"/>
     <w:rsid w:val="00204626"/>
     <w:rsid w:val="002052F5"/>
     <w:rsid w:val="00205A71"/>
     <w:rsid w:val="00206C5F"/>
     <w:rsid w:val="002102DC"/>
     <w:rsid w:val="002120A0"/>
     <w:rsid w:val="00212CB5"/>
     <w:rsid w:val="00213BE1"/>
     <w:rsid w:val="002173DD"/>
     <w:rsid w:val="0022312E"/>
     <w:rsid w:val="002244CA"/>
-    <w:rsid w:val="00225393"/>
     <w:rsid w:val="00226324"/>
     <w:rsid w:val="00226FB2"/>
+    <w:rsid w:val="0023020E"/>
     <w:rsid w:val="00232E44"/>
     <w:rsid w:val="002358E1"/>
     <w:rsid w:val="00236F38"/>
     <w:rsid w:val="002378A3"/>
     <w:rsid w:val="00237E02"/>
     <w:rsid w:val="00240242"/>
     <w:rsid w:val="00240FAE"/>
+    <w:rsid w:val="00241D05"/>
     <w:rsid w:val="002436AD"/>
     <w:rsid w:val="0024570B"/>
     <w:rsid w:val="00247A50"/>
     <w:rsid w:val="00250670"/>
     <w:rsid w:val="0025239B"/>
     <w:rsid w:val="00253EFC"/>
     <w:rsid w:val="00255A23"/>
     <w:rsid w:val="00257703"/>
     <w:rsid w:val="00261062"/>
     <w:rsid w:val="00261719"/>
     <w:rsid w:val="0026226E"/>
     <w:rsid w:val="00262F27"/>
     <w:rsid w:val="00263123"/>
     <w:rsid w:val="00263E40"/>
+    <w:rsid w:val="00264E00"/>
     <w:rsid w:val="00265693"/>
     <w:rsid w:val="00266D9D"/>
     <w:rsid w:val="00266E5E"/>
+    <w:rsid w:val="002702FC"/>
+    <w:rsid w:val="0027163E"/>
     <w:rsid w:val="00272F20"/>
     <w:rsid w:val="00274CBB"/>
     <w:rsid w:val="002754BF"/>
     <w:rsid w:val="00277CC2"/>
     <w:rsid w:val="00280514"/>
     <w:rsid w:val="0028277C"/>
     <w:rsid w:val="00282F22"/>
     <w:rsid w:val="00284D22"/>
     <w:rsid w:val="00284DEF"/>
     <w:rsid w:val="00286886"/>
     <w:rsid w:val="00287048"/>
     <w:rsid w:val="00287469"/>
-    <w:rsid w:val="002916D1"/>
     <w:rsid w:val="002917D9"/>
     <w:rsid w:val="00295775"/>
     <w:rsid w:val="0029582C"/>
     <w:rsid w:val="002A78BE"/>
     <w:rsid w:val="002A7DB1"/>
     <w:rsid w:val="002A7E7F"/>
     <w:rsid w:val="002B146F"/>
+    <w:rsid w:val="002B188C"/>
     <w:rsid w:val="002B1C89"/>
+    <w:rsid w:val="002B2718"/>
     <w:rsid w:val="002B4B2F"/>
     <w:rsid w:val="002B4F3D"/>
+    <w:rsid w:val="002C220F"/>
     <w:rsid w:val="002C3175"/>
     <w:rsid w:val="002C3BC8"/>
     <w:rsid w:val="002C46A1"/>
+    <w:rsid w:val="002C4A71"/>
     <w:rsid w:val="002C5E4A"/>
     <w:rsid w:val="002D3390"/>
     <w:rsid w:val="002D372B"/>
     <w:rsid w:val="002D57CA"/>
     <w:rsid w:val="002D6644"/>
     <w:rsid w:val="002D70A0"/>
     <w:rsid w:val="002D7FF8"/>
+    <w:rsid w:val="002E3B4B"/>
     <w:rsid w:val="002E3F60"/>
     <w:rsid w:val="002E5468"/>
     <w:rsid w:val="002E644C"/>
     <w:rsid w:val="002F001D"/>
     <w:rsid w:val="002F196D"/>
     <w:rsid w:val="002F2F6E"/>
     <w:rsid w:val="002F59D8"/>
+    <w:rsid w:val="002F624F"/>
     <w:rsid w:val="002F780A"/>
     <w:rsid w:val="002F7ECE"/>
     <w:rsid w:val="00300140"/>
     <w:rsid w:val="00302D5D"/>
     <w:rsid w:val="00303CC5"/>
+    <w:rsid w:val="00304D61"/>
     <w:rsid w:val="00305FC8"/>
     <w:rsid w:val="00306047"/>
+    <w:rsid w:val="003069C8"/>
     <w:rsid w:val="00310997"/>
     <w:rsid w:val="00313CEA"/>
     <w:rsid w:val="0031506A"/>
     <w:rsid w:val="003154F6"/>
     <w:rsid w:val="003164C1"/>
     <w:rsid w:val="00316AF7"/>
     <w:rsid w:val="00317D90"/>
     <w:rsid w:val="00321D32"/>
     <w:rsid w:val="00322ADC"/>
     <w:rsid w:val="003230A5"/>
     <w:rsid w:val="00323A00"/>
     <w:rsid w:val="0032502D"/>
     <w:rsid w:val="00325F8F"/>
     <w:rsid w:val="00326436"/>
     <w:rsid w:val="00326FB1"/>
     <w:rsid w:val="003272AE"/>
     <w:rsid w:val="003276EE"/>
+    <w:rsid w:val="003279EF"/>
     <w:rsid w:val="00330C3C"/>
     <w:rsid w:val="00331799"/>
     <w:rsid w:val="00331E85"/>
     <w:rsid w:val="0033235D"/>
     <w:rsid w:val="0033403B"/>
     <w:rsid w:val="00335423"/>
     <w:rsid w:val="003358FA"/>
     <w:rsid w:val="00336858"/>
+    <w:rsid w:val="00337CC7"/>
     <w:rsid w:val="00340984"/>
     <w:rsid w:val="00340FA8"/>
     <w:rsid w:val="003426AD"/>
+    <w:rsid w:val="003437C5"/>
     <w:rsid w:val="00344038"/>
     <w:rsid w:val="003441A4"/>
+    <w:rsid w:val="003447E9"/>
     <w:rsid w:val="0034547F"/>
-    <w:rsid w:val="0034615C"/>
     <w:rsid w:val="00347501"/>
-    <w:rsid w:val="003504D4"/>
     <w:rsid w:val="003516C6"/>
     <w:rsid w:val="003534D5"/>
     <w:rsid w:val="003603C6"/>
     <w:rsid w:val="00360D3D"/>
+    <w:rsid w:val="003615A4"/>
     <w:rsid w:val="00361E01"/>
     <w:rsid w:val="00366F1C"/>
     <w:rsid w:val="00372603"/>
     <w:rsid w:val="00373064"/>
     <w:rsid w:val="003736D4"/>
     <w:rsid w:val="0037770D"/>
     <w:rsid w:val="0038028B"/>
     <w:rsid w:val="0038098C"/>
     <w:rsid w:val="003813F8"/>
     <w:rsid w:val="0038236D"/>
     <w:rsid w:val="00382D4F"/>
     <w:rsid w:val="003869AD"/>
     <w:rsid w:val="00386BFA"/>
     <w:rsid w:val="003877BC"/>
     <w:rsid w:val="00390D55"/>
     <w:rsid w:val="003933D5"/>
     <w:rsid w:val="0039433D"/>
     <w:rsid w:val="0039688C"/>
     <w:rsid w:val="003A04D1"/>
     <w:rsid w:val="003A293D"/>
     <w:rsid w:val="003A5E95"/>
     <w:rsid w:val="003A759F"/>
     <w:rsid w:val="003B4021"/>
     <w:rsid w:val="003C12E5"/>
     <w:rsid w:val="003C168D"/>
     <w:rsid w:val="003C22D7"/>
+    <w:rsid w:val="003C27AA"/>
     <w:rsid w:val="003C3BA9"/>
     <w:rsid w:val="003C6869"/>
     <w:rsid w:val="003D0EC7"/>
     <w:rsid w:val="003D14C3"/>
     <w:rsid w:val="003D272C"/>
     <w:rsid w:val="003D28CB"/>
     <w:rsid w:val="003D41E6"/>
     <w:rsid w:val="003D4C5E"/>
     <w:rsid w:val="003D50AF"/>
     <w:rsid w:val="003D5596"/>
     <w:rsid w:val="003D5A5B"/>
     <w:rsid w:val="003D5E1E"/>
     <w:rsid w:val="003D6AA2"/>
     <w:rsid w:val="003D6BE2"/>
     <w:rsid w:val="003E20B1"/>
     <w:rsid w:val="003E23A3"/>
+    <w:rsid w:val="003E4189"/>
     <w:rsid w:val="003E5826"/>
     <w:rsid w:val="003E7003"/>
     <w:rsid w:val="003F0937"/>
+    <w:rsid w:val="003F17B0"/>
     <w:rsid w:val="003F1D0D"/>
     <w:rsid w:val="003F6398"/>
     <w:rsid w:val="004030B1"/>
     <w:rsid w:val="004049C1"/>
+    <w:rsid w:val="0040691A"/>
     <w:rsid w:val="00410418"/>
     <w:rsid w:val="00411030"/>
     <w:rsid w:val="00412339"/>
     <w:rsid w:val="0041234D"/>
     <w:rsid w:val="00412CF2"/>
     <w:rsid w:val="004130A4"/>
     <w:rsid w:val="00413AF9"/>
     <w:rsid w:val="00416F0C"/>
     <w:rsid w:val="00416F8F"/>
     <w:rsid w:val="00417A2E"/>
     <w:rsid w:val="00425F33"/>
     <w:rsid w:val="00426938"/>
     <w:rsid w:val="00426DB6"/>
     <w:rsid w:val="004271CD"/>
     <w:rsid w:val="0043088F"/>
     <w:rsid w:val="00430C2E"/>
     <w:rsid w:val="00431115"/>
     <w:rsid w:val="004315B6"/>
     <w:rsid w:val="004316DF"/>
+    <w:rsid w:val="004318E5"/>
     <w:rsid w:val="00436479"/>
     <w:rsid w:val="00437C00"/>
     <w:rsid w:val="004400F0"/>
     <w:rsid w:val="00441BCF"/>
     <w:rsid w:val="00446FC0"/>
     <w:rsid w:val="004474E6"/>
     <w:rsid w:val="00447F0F"/>
     <w:rsid w:val="0045109D"/>
     <w:rsid w:val="004516C9"/>
     <w:rsid w:val="00453B92"/>
     <w:rsid w:val="00453FA1"/>
     <w:rsid w:val="00455C7D"/>
+    <w:rsid w:val="00455F86"/>
     <w:rsid w:val="00456D38"/>
     <w:rsid w:val="00456DE6"/>
+    <w:rsid w:val="00457800"/>
+    <w:rsid w:val="004613A2"/>
     <w:rsid w:val="0046354F"/>
+    <w:rsid w:val="00463555"/>
     <w:rsid w:val="00463791"/>
+    <w:rsid w:val="004649DE"/>
     <w:rsid w:val="00472BF8"/>
     <w:rsid w:val="00473467"/>
     <w:rsid w:val="00476554"/>
     <w:rsid w:val="00477C27"/>
+    <w:rsid w:val="004800BA"/>
     <w:rsid w:val="00482989"/>
     <w:rsid w:val="00484A43"/>
     <w:rsid w:val="004860F9"/>
+    <w:rsid w:val="004915B3"/>
     <w:rsid w:val="00491A86"/>
     <w:rsid w:val="0049330E"/>
     <w:rsid w:val="00494A30"/>
     <w:rsid w:val="00496EAF"/>
     <w:rsid w:val="004972EE"/>
     <w:rsid w:val="00497AEF"/>
     <w:rsid w:val="004A0CED"/>
     <w:rsid w:val="004A2520"/>
     <w:rsid w:val="004A4BAF"/>
+    <w:rsid w:val="004A4E5C"/>
     <w:rsid w:val="004A69AE"/>
     <w:rsid w:val="004B02E7"/>
     <w:rsid w:val="004B057A"/>
     <w:rsid w:val="004B1278"/>
     <w:rsid w:val="004B1DAF"/>
     <w:rsid w:val="004B3605"/>
     <w:rsid w:val="004B3E32"/>
     <w:rsid w:val="004B3F23"/>
     <w:rsid w:val="004B4AC7"/>
     <w:rsid w:val="004B615D"/>
     <w:rsid w:val="004C0541"/>
     <w:rsid w:val="004C0FD8"/>
     <w:rsid w:val="004C1BBA"/>
     <w:rsid w:val="004C4B84"/>
     <w:rsid w:val="004C6B66"/>
+    <w:rsid w:val="004D0569"/>
     <w:rsid w:val="004D07CF"/>
     <w:rsid w:val="004D1094"/>
     <w:rsid w:val="004D269C"/>
     <w:rsid w:val="004D4D89"/>
+    <w:rsid w:val="004D59F4"/>
     <w:rsid w:val="004E09CF"/>
     <w:rsid w:val="004E1545"/>
+    <w:rsid w:val="004E3BB5"/>
     <w:rsid w:val="004E3DBC"/>
     <w:rsid w:val="004F0A3F"/>
     <w:rsid w:val="004F290A"/>
     <w:rsid w:val="004F2B12"/>
+    <w:rsid w:val="00504F16"/>
     <w:rsid w:val="00506016"/>
+    <w:rsid w:val="0050619A"/>
+    <w:rsid w:val="00507335"/>
     <w:rsid w:val="005125D2"/>
     <w:rsid w:val="00512FEB"/>
+    <w:rsid w:val="00515215"/>
     <w:rsid w:val="00515335"/>
+    <w:rsid w:val="005162EF"/>
     <w:rsid w:val="00517AA3"/>
     <w:rsid w:val="00527779"/>
     <w:rsid w:val="0052783E"/>
+    <w:rsid w:val="00530516"/>
     <w:rsid w:val="00532EBE"/>
     <w:rsid w:val="00533BA3"/>
     <w:rsid w:val="00533FD9"/>
     <w:rsid w:val="005436C3"/>
+    <w:rsid w:val="0054477F"/>
     <w:rsid w:val="0054578D"/>
+    <w:rsid w:val="00551947"/>
     <w:rsid w:val="005524F6"/>
     <w:rsid w:val="00552E35"/>
     <w:rsid w:val="00552F5F"/>
     <w:rsid w:val="00557000"/>
     <w:rsid w:val="0056047E"/>
     <w:rsid w:val="0056090E"/>
+    <w:rsid w:val="00560DDA"/>
     <w:rsid w:val="0056345D"/>
     <w:rsid w:val="00565BAC"/>
+    <w:rsid w:val="005702F2"/>
     <w:rsid w:val="00572934"/>
     <w:rsid w:val="00574080"/>
+    <w:rsid w:val="00574610"/>
     <w:rsid w:val="005754F3"/>
     <w:rsid w:val="00575770"/>
     <w:rsid w:val="00575E21"/>
     <w:rsid w:val="0057645A"/>
+    <w:rsid w:val="00581828"/>
     <w:rsid w:val="005820F2"/>
     <w:rsid w:val="00582DCB"/>
     <w:rsid w:val="00583097"/>
     <w:rsid w:val="00585D03"/>
     <w:rsid w:val="00587C72"/>
     <w:rsid w:val="00591160"/>
     <w:rsid w:val="00591701"/>
     <w:rsid w:val="00595C7F"/>
     <w:rsid w:val="00595E92"/>
     <w:rsid w:val="00595EC1"/>
     <w:rsid w:val="00595FAD"/>
     <w:rsid w:val="00596FA6"/>
     <w:rsid w:val="00597323"/>
     <w:rsid w:val="00597519"/>
     <w:rsid w:val="005A0EDF"/>
     <w:rsid w:val="005A3C97"/>
     <w:rsid w:val="005A6D06"/>
     <w:rsid w:val="005B41B9"/>
     <w:rsid w:val="005B4ADC"/>
     <w:rsid w:val="005B5320"/>
     <w:rsid w:val="005B78D8"/>
     <w:rsid w:val="005C0B93"/>
     <w:rsid w:val="005C4362"/>
     <w:rsid w:val="005C6498"/>
     <w:rsid w:val="005C6B11"/>
     <w:rsid w:val="005C71DB"/>
     <w:rsid w:val="005C7FC2"/>
+    <w:rsid w:val="005D0698"/>
     <w:rsid w:val="005D0FA1"/>
     <w:rsid w:val="005D155E"/>
+    <w:rsid w:val="005D1D89"/>
     <w:rsid w:val="005D25BB"/>
     <w:rsid w:val="005D2789"/>
+    <w:rsid w:val="005D3D0C"/>
     <w:rsid w:val="005D5D16"/>
     <w:rsid w:val="005D5D63"/>
     <w:rsid w:val="005D63F4"/>
     <w:rsid w:val="005E1E31"/>
     <w:rsid w:val="005E1E59"/>
     <w:rsid w:val="005E312D"/>
     <w:rsid w:val="005E72B3"/>
     <w:rsid w:val="005F0F6F"/>
     <w:rsid w:val="005F3366"/>
     <w:rsid w:val="005F56DD"/>
     <w:rsid w:val="005F63B5"/>
     <w:rsid w:val="005F78A9"/>
     <w:rsid w:val="00600DF9"/>
     <w:rsid w:val="006013F2"/>
+    <w:rsid w:val="0060184F"/>
     <w:rsid w:val="00602B14"/>
+    <w:rsid w:val="0060664B"/>
     <w:rsid w:val="00606C93"/>
     <w:rsid w:val="00610B9E"/>
     <w:rsid w:val="00612FF8"/>
     <w:rsid w:val="00613E6D"/>
     <w:rsid w:val="006147AE"/>
     <w:rsid w:val="00614A0E"/>
+    <w:rsid w:val="006156AC"/>
+    <w:rsid w:val="00615823"/>
     <w:rsid w:val="006162CA"/>
+    <w:rsid w:val="006204E3"/>
     <w:rsid w:val="006226E5"/>
     <w:rsid w:val="00622A20"/>
     <w:rsid w:val="00623EC5"/>
     <w:rsid w:val="00624060"/>
     <w:rsid w:val="006320E2"/>
     <w:rsid w:val="00640C8A"/>
     <w:rsid w:val="00643131"/>
     <w:rsid w:val="00645000"/>
     <w:rsid w:val="00645E5F"/>
     <w:rsid w:val="00645E73"/>
     <w:rsid w:val="00645F1E"/>
+    <w:rsid w:val="00646907"/>
     <w:rsid w:val="006471EC"/>
     <w:rsid w:val="0064771C"/>
     <w:rsid w:val="00647914"/>
+    <w:rsid w:val="00647B6D"/>
     <w:rsid w:val="006505DF"/>
     <w:rsid w:val="00650DFF"/>
     <w:rsid w:val="00651C66"/>
     <w:rsid w:val="0065309D"/>
     <w:rsid w:val="0065364E"/>
     <w:rsid w:val="00654EAE"/>
     <w:rsid w:val="00656D2C"/>
     <w:rsid w:val="00660860"/>
     <w:rsid w:val="00661C01"/>
     <w:rsid w:val="00662999"/>
     <w:rsid w:val="006630BA"/>
     <w:rsid w:val="0066320F"/>
     <w:rsid w:val="006662F6"/>
     <w:rsid w:val="00667AC4"/>
+    <w:rsid w:val="00667DE7"/>
     <w:rsid w:val="00667E07"/>
     <w:rsid w:val="00670834"/>
     <w:rsid w:val="00671CD9"/>
     <w:rsid w:val="00673023"/>
     <w:rsid w:val="00673AFD"/>
-    <w:rsid w:val="00675D27"/>
     <w:rsid w:val="00676316"/>
     <w:rsid w:val="00677BD1"/>
     <w:rsid w:val="006806B3"/>
     <w:rsid w:val="00682E48"/>
     <w:rsid w:val="006839AD"/>
     <w:rsid w:val="00683DD2"/>
-    <w:rsid w:val="0068413C"/>
     <w:rsid w:val="00684CAF"/>
     <w:rsid w:val="0068576D"/>
     <w:rsid w:val="006857D3"/>
     <w:rsid w:val="00685B50"/>
+    <w:rsid w:val="00686770"/>
     <w:rsid w:val="006868C9"/>
     <w:rsid w:val="00691943"/>
     <w:rsid w:val="00692F27"/>
     <w:rsid w:val="00695123"/>
     <w:rsid w:val="00697B06"/>
     <w:rsid w:val="006A32E6"/>
+    <w:rsid w:val="006A43EC"/>
     <w:rsid w:val="006A54D6"/>
+    <w:rsid w:val="006A5922"/>
     <w:rsid w:val="006A5A9F"/>
     <w:rsid w:val="006A7F9B"/>
     <w:rsid w:val="006B08E2"/>
     <w:rsid w:val="006B31C8"/>
     <w:rsid w:val="006B41EB"/>
     <w:rsid w:val="006B65D5"/>
     <w:rsid w:val="006C2A83"/>
     <w:rsid w:val="006C322F"/>
     <w:rsid w:val="006C7404"/>
+    <w:rsid w:val="006C74E8"/>
     <w:rsid w:val="006D0E35"/>
     <w:rsid w:val="006D11D1"/>
     <w:rsid w:val="006D2CE0"/>
+    <w:rsid w:val="006D38F8"/>
     <w:rsid w:val="006E03FE"/>
     <w:rsid w:val="006E1200"/>
     <w:rsid w:val="006E1E36"/>
     <w:rsid w:val="006E2A4C"/>
     <w:rsid w:val="006E64BC"/>
     <w:rsid w:val="006E6AA5"/>
     <w:rsid w:val="006F1041"/>
     <w:rsid w:val="006F2549"/>
     <w:rsid w:val="006F390B"/>
     <w:rsid w:val="006F4598"/>
     <w:rsid w:val="0070134D"/>
+    <w:rsid w:val="0070291E"/>
     <w:rsid w:val="00703ABE"/>
     <w:rsid w:val="007043F5"/>
     <w:rsid w:val="00704443"/>
     <w:rsid w:val="00705A6F"/>
     <w:rsid w:val="007069DB"/>
     <w:rsid w:val="00706F84"/>
     <w:rsid w:val="007070A2"/>
     <w:rsid w:val="00710F76"/>
     <w:rsid w:val="007111E1"/>
     <w:rsid w:val="00713344"/>
     <w:rsid w:val="00713B2A"/>
     <w:rsid w:val="00713FB7"/>
     <w:rsid w:val="0071471C"/>
     <w:rsid w:val="00714AD7"/>
     <w:rsid w:val="007151F7"/>
     <w:rsid w:val="00715359"/>
+    <w:rsid w:val="00721964"/>
+    <w:rsid w:val="007236C2"/>
     <w:rsid w:val="0072533E"/>
     <w:rsid w:val="00725477"/>
+    <w:rsid w:val="007266C5"/>
     <w:rsid w:val="0072684C"/>
     <w:rsid w:val="00727BBC"/>
     <w:rsid w:val="00727E7D"/>
     <w:rsid w:val="007306B8"/>
     <w:rsid w:val="00731559"/>
     <w:rsid w:val="00734DF3"/>
     <w:rsid w:val="00735A06"/>
     <w:rsid w:val="00736768"/>
     <w:rsid w:val="00737643"/>
     <w:rsid w:val="0074004C"/>
     <w:rsid w:val="007409EA"/>
     <w:rsid w:val="00740FD0"/>
     <w:rsid w:val="00741FBE"/>
     <w:rsid w:val="0074252A"/>
     <w:rsid w:val="00743B93"/>
+    <w:rsid w:val="007445FC"/>
     <w:rsid w:val="007449DE"/>
     <w:rsid w:val="0074585B"/>
     <w:rsid w:val="00745BA0"/>
+    <w:rsid w:val="00745E0E"/>
     <w:rsid w:val="007460FB"/>
     <w:rsid w:val="007460FF"/>
     <w:rsid w:val="00746343"/>
     <w:rsid w:val="00750AEF"/>
     <w:rsid w:val="00750CC8"/>
+    <w:rsid w:val="00753F63"/>
     <w:rsid w:val="00754D4C"/>
     <w:rsid w:val="007610F1"/>
     <w:rsid w:val="00761F19"/>
     <w:rsid w:val="007625A9"/>
     <w:rsid w:val="007653AE"/>
     <w:rsid w:val="00765CEB"/>
     <w:rsid w:val="007670BE"/>
     <w:rsid w:val="00767973"/>
     <w:rsid w:val="00771D28"/>
     <w:rsid w:val="00772C65"/>
     <w:rsid w:val="00772CFE"/>
     <w:rsid w:val="007759F8"/>
     <w:rsid w:val="00775F4D"/>
     <w:rsid w:val="00780718"/>
     <w:rsid w:val="00782584"/>
     <w:rsid w:val="0078288E"/>
     <w:rsid w:val="00783346"/>
     <w:rsid w:val="007845EC"/>
+    <w:rsid w:val="007848FE"/>
     <w:rsid w:val="00785408"/>
+    <w:rsid w:val="007905DE"/>
     <w:rsid w:val="00791898"/>
     <w:rsid w:val="0079242C"/>
     <w:rsid w:val="00795498"/>
     <w:rsid w:val="00796980"/>
     <w:rsid w:val="007A0340"/>
     <w:rsid w:val="007A074F"/>
     <w:rsid w:val="007A0B0E"/>
     <w:rsid w:val="007A1741"/>
     <w:rsid w:val="007A3C6D"/>
     <w:rsid w:val="007A5DFE"/>
     <w:rsid w:val="007A6352"/>
-    <w:rsid w:val="007A6585"/>
     <w:rsid w:val="007B04DB"/>
     <w:rsid w:val="007B0C85"/>
     <w:rsid w:val="007B3B13"/>
     <w:rsid w:val="007B4359"/>
     <w:rsid w:val="007B6EBC"/>
     <w:rsid w:val="007B73CD"/>
+    <w:rsid w:val="007B7AD8"/>
     <w:rsid w:val="007C0BA0"/>
     <w:rsid w:val="007C1A15"/>
     <w:rsid w:val="007C25B9"/>
     <w:rsid w:val="007C3372"/>
     <w:rsid w:val="007C35B4"/>
+    <w:rsid w:val="007C78F9"/>
     <w:rsid w:val="007D22B2"/>
     <w:rsid w:val="007D2B43"/>
     <w:rsid w:val="007D2C21"/>
     <w:rsid w:val="007D4715"/>
     <w:rsid w:val="007D544D"/>
     <w:rsid w:val="007D5A62"/>
     <w:rsid w:val="007E0144"/>
     <w:rsid w:val="007E1A4A"/>
     <w:rsid w:val="007E53CB"/>
     <w:rsid w:val="007E601E"/>
     <w:rsid w:val="007E678A"/>
     <w:rsid w:val="007E6D89"/>
     <w:rsid w:val="007E7384"/>
     <w:rsid w:val="007E7396"/>
     <w:rsid w:val="007F2074"/>
     <w:rsid w:val="007F301C"/>
     <w:rsid w:val="007F5812"/>
+    <w:rsid w:val="007F5BCE"/>
+    <w:rsid w:val="007F764A"/>
     <w:rsid w:val="007F7CDB"/>
+    <w:rsid w:val="00803F4C"/>
     <w:rsid w:val="008042C5"/>
+    <w:rsid w:val="0080503C"/>
+    <w:rsid w:val="00810058"/>
     <w:rsid w:val="00810563"/>
     <w:rsid w:val="00811A68"/>
+    <w:rsid w:val="00811EA4"/>
     <w:rsid w:val="00813D40"/>
     <w:rsid w:val="008144A9"/>
     <w:rsid w:val="00814677"/>
     <w:rsid w:val="00814F6E"/>
+    <w:rsid w:val="0081633B"/>
+    <w:rsid w:val="00817E57"/>
     <w:rsid w:val="00823EB4"/>
     <w:rsid w:val="00826B18"/>
     <w:rsid w:val="00826CD2"/>
+    <w:rsid w:val="0082775E"/>
+    <w:rsid w:val="008301F2"/>
     <w:rsid w:val="008351D5"/>
     <w:rsid w:val="00836C5F"/>
     <w:rsid w:val="00836DCB"/>
+    <w:rsid w:val="008416C9"/>
     <w:rsid w:val="008426F4"/>
     <w:rsid w:val="008432BC"/>
     <w:rsid w:val="008444C1"/>
+    <w:rsid w:val="00844B00"/>
     <w:rsid w:val="00846B54"/>
     <w:rsid w:val="0085084B"/>
     <w:rsid w:val="0085119C"/>
     <w:rsid w:val="0085154C"/>
     <w:rsid w:val="00855ED9"/>
     <w:rsid w:val="00856431"/>
     <w:rsid w:val="00856845"/>
+    <w:rsid w:val="00857E94"/>
     <w:rsid w:val="00857F22"/>
+    <w:rsid w:val="008602BF"/>
     <w:rsid w:val="008618D8"/>
     <w:rsid w:val="008634F9"/>
     <w:rsid w:val="00864993"/>
     <w:rsid w:val="00865FF9"/>
+    <w:rsid w:val="00866237"/>
     <w:rsid w:val="0087052D"/>
     <w:rsid w:val="00870834"/>
     <w:rsid w:val="00871430"/>
     <w:rsid w:val="0087348E"/>
     <w:rsid w:val="00873F33"/>
     <w:rsid w:val="00874635"/>
     <w:rsid w:val="00874DA6"/>
     <w:rsid w:val="00876D71"/>
     <w:rsid w:val="00877DF8"/>
     <w:rsid w:val="00880658"/>
     <w:rsid w:val="0088132A"/>
     <w:rsid w:val="0088358F"/>
     <w:rsid w:val="00885F89"/>
     <w:rsid w:val="008869C4"/>
     <w:rsid w:val="00887808"/>
     <w:rsid w:val="00887A5E"/>
     <w:rsid w:val="0089079C"/>
     <w:rsid w:val="0089251B"/>
     <w:rsid w:val="008940B3"/>
     <w:rsid w:val="0089433E"/>
     <w:rsid w:val="008976D4"/>
     <w:rsid w:val="00897F8E"/>
+    <w:rsid w:val="008A0406"/>
     <w:rsid w:val="008A1A62"/>
     <w:rsid w:val="008A1BC1"/>
     <w:rsid w:val="008A3E78"/>
     <w:rsid w:val="008A4EF1"/>
     <w:rsid w:val="008A7A9B"/>
     <w:rsid w:val="008B11A9"/>
     <w:rsid w:val="008B4788"/>
     <w:rsid w:val="008B5049"/>
+    <w:rsid w:val="008B53F4"/>
     <w:rsid w:val="008B624C"/>
     <w:rsid w:val="008B759A"/>
     <w:rsid w:val="008C060F"/>
     <w:rsid w:val="008D1A22"/>
     <w:rsid w:val="008D1DBF"/>
+    <w:rsid w:val="008D6064"/>
     <w:rsid w:val="008D69FA"/>
     <w:rsid w:val="008D7C8C"/>
     <w:rsid w:val="008D7F30"/>
     <w:rsid w:val="008E008E"/>
     <w:rsid w:val="008E0593"/>
     <w:rsid w:val="008E2438"/>
     <w:rsid w:val="008E6470"/>
     <w:rsid w:val="008E78F2"/>
     <w:rsid w:val="008F0BAC"/>
     <w:rsid w:val="008F0C21"/>
+    <w:rsid w:val="008F41DC"/>
     <w:rsid w:val="008F4CF3"/>
+    <w:rsid w:val="008F5185"/>
     <w:rsid w:val="008F5967"/>
     <w:rsid w:val="008F651D"/>
     <w:rsid w:val="0090199F"/>
     <w:rsid w:val="00901A24"/>
     <w:rsid w:val="00903959"/>
     <w:rsid w:val="00904B0D"/>
     <w:rsid w:val="00904F55"/>
+    <w:rsid w:val="00906555"/>
     <w:rsid w:val="0090691B"/>
+    <w:rsid w:val="00910850"/>
+    <w:rsid w:val="00910FBE"/>
     <w:rsid w:val="00911198"/>
     <w:rsid w:val="00911C74"/>
+    <w:rsid w:val="009129E3"/>
     <w:rsid w:val="00912BA4"/>
     <w:rsid w:val="00912F69"/>
     <w:rsid w:val="00913C02"/>
     <w:rsid w:val="00914AED"/>
     <w:rsid w:val="00917530"/>
     <w:rsid w:val="009226B4"/>
     <w:rsid w:val="00923D14"/>
     <w:rsid w:val="00926419"/>
     <w:rsid w:val="00927BF6"/>
     <w:rsid w:val="009306B7"/>
+    <w:rsid w:val="00930C6F"/>
     <w:rsid w:val="0093270B"/>
     <w:rsid w:val="0093284D"/>
+    <w:rsid w:val="00935D33"/>
     <w:rsid w:val="009368E9"/>
     <w:rsid w:val="009401D7"/>
     <w:rsid w:val="00940EC5"/>
     <w:rsid w:val="00946593"/>
+    <w:rsid w:val="00947B0C"/>
+    <w:rsid w:val="0095012A"/>
     <w:rsid w:val="00950532"/>
     <w:rsid w:val="009516CE"/>
     <w:rsid w:val="00951AE3"/>
     <w:rsid w:val="00951FA0"/>
     <w:rsid w:val="0095264B"/>
     <w:rsid w:val="00953148"/>
     <w:rsid w:val="009571E9"/>
+    <w:rsid w:val="0096199C"/>
     <w:rsid w:val="009621A2"/>
     <w:rsid w:val="00962BE7"/>
     <w:rsid w:val="009647C8"/>
+    <w:rsid w:val="00964E97"/>
     <w:rsid w:val="00966929"/>
     <w:rsid w:val="00966D1A"/>
     <w:rsid w:val="00967881"/>
+    <w:rsid w:val="00967F3C"/>
     <w:rsid w:val="00971DF6"/>
     <w:rsid w:val="00972452"/>
+    <w:rsid w:val="00972537"/>
+    <w:rsid w:val="00973A89"/>
+    <w:rsid w:val="00973B4C"/>
     <w:rsid w:val="009748BC"/>
     <w:rsid w:val="009836AA"/>
     <w:rsid w:val="0098574B"/>
     <w:rsid w:val="00987A7B"/>
     <w:rsid w:val="00987BD5"/>
     <w:rsid w:val="00990B60"/>
     <w:rsid w:val="009913C3"/>
+    <w:rsid w:val="009913F0"/>
     <w:rsid w:val="00992583"/>
+    <w:rsid w:val="00995F01"/>
     <w:rsid w:val="00996969"/>
     <w:rsid w:val="00997E7F"/>
     <w:rsid w:val="009A0EF1"/>
     <w:rsid w:val="009A0FB1"/>
     <w:rsid w:val="009A32B9"/>
     <w:rsid w:val="009A6DC2"/>
     <w:rsid w:val="009A770E"/>
     <w:rsid w:val="009B0936"/>
     <w:rsid w:val="009B17CD"/>
+    <w:rsid w:val="009B36D1"/>
     <w:rsid w:val="009B43B9"/>
     <w:rsid w:val="009B4791"/>
     <w:rsid w:val="009B542F"/>
+    <w:rsid w:val="009B723B"/>
     <w:rsid w:val="009B7B86"/>
+    <w:rsid w:val="009C0383"/>
     <w:rsid w:val="009C1E76"/>
+    <w:rsid w:val="009C232C"/>
+    <w:rsid w:val="009C35E3"/>
     <w:rsid w:val="009C3E46"/>
     <w:rsid w:val="009C4286"/>
+    <w:rsid w:val="009C4E3A"/>
     <w:rsid w:val="009C6532"/>
     <w:rsid w:val="009C75F3"/>
     <w:rsid w:val="009C77A6"/>
     <w:rsid w:val="009C7C88"/>
     <w:rsid w:val="009D478F"/>
     <w:rsid w:val="009D479D"/>
     <w:rsid w:val="009D5DA5"/>
     <w:rsid w:val="009D6183"/>
     <w:rsid w:val="009E17C3"/>
     <w:rsid w:val="009E5241"/>
     <w:rsid w:val="009E6519"/>
+    <w:rsid w:val="009F1260"/>
     <w:rsid w:val="009F20FA"/>
     <w:rsid w:val="009F6869"/>
     <w:rsid w:val="009F6884"/>
     <w:rsid w:val="009F6A21"/>
     <w:rsid w:val="00A0337E"/>
     <w:rsid w:val="00A0387E"/>
     <w:rsid w:val="00A052F9"/>
+    <w:rsid w:val="00A067F7"/>
     <w:rsid w:val="00A06E82"/>
+    <w:rsid w:val="00A06FA1"/>
     <w:rsid w:val="00A1186F"/>
     <w:rsid w:val="00A13013"/>
     <w:rsid w:val="00A1483F"/>
     <w:rsid w:val="00A14E7B"/>
     <w:rsid w:val="00A14F54"/>
     <w:rsid w:val="00A14F81"/>
     <w:rsid w:val="00A15D1D"/>
     <w:rsid w:val="00A15DB2"/>
     <w:rsid w:val="00A17C81"/>
     <w:rsid w:val="00A20B44"/>
     <w:rsid w:val="00A237A4"/>
     <w:rsid w:val="00A24319"/>
     <w:rsid w:val="00A24C98"/>
     <w:rsid w:val="00A26751"/>
     <w:rsid w:val="00A26C8D"/>
+    <w:rsid w:val="00A271AA"/>
     <w:rsid w:val="00A37816"/>
     <w:rsid w:val="00A41A89"/>
+    <w:rsid w:val="00A44B52"/>
     <w:rsid w:val="00A45F52"/>
     <w:rsid w:val="00A46D08"/>
+    <w:rsid w:val="00A51B2E"/>
     <w:rsid w:val="00A52CCC"/>
     <w:rsid w:val="00A541ED"/>
+    <w:rsid w:val="00A55033"/>
     <w:rsid w:val="00A567A9"/>
     <w:rsid w:val="00A5786C"/>
     <w:rsid w:val="00A6059B"/>
     <w:rsid w:val="00A60F3F"/>
     <w:rsid w:val="00A63955"/>
     <w:rsid w:val="00A64A4B"/>
     <w:rsid w:val="00A6546A"/>
     <w:rsid w:val="00A66FE9"/>
     <w:rsid w:val="00A720D0"/>
     <w:rsid w:val="00A72BCA"/>
     <w:rsid w:val="00A735E8"/>
     <w:rsid w:val="00A736CD"/>
     <w:rsid w:val="00A74506"/>
     <w:rsid w:val="00A74A35"/>
     <w:rsid w:val="00A80CEC"/>
     <w:rsid w:val="00A8145A"/>
     <w:rsid w:val="00A8325F"/>
     <w:rsid w:val="00A8347F"/>
     <w:rsid w:val="00A8544D"/>
     <w:rsid w:val="00A855CB"/>
     <w:rsid w:val="00A860EC"/>
     <w:rsid w:val="00A8639F"/>
     <w:rsid w:val="00A864AA"/>
     <w:rsid w:val="00A90B3B"/>
     <w:rsid w:val="00A921FF"/>
     <w:rsid w:val="00A962AF"/>
+    <w:rsid w:val="00AA1C7F"/>
     <w:rsid w:val="00AA20BE"/>
     <w:rsid w:val="00AA257C"/>
     <w:rsid w:val="00AA39F3"/>
     <w:rsid w:val="00AA3DF3"/>
     <w:rsid w:val="00AB1125"/>
     <w:rsid w:val="00AB14D4"/>
     <w:rsid w:val="00AB15CD"/>
     <w:rsid w:val="00AB2307"/>
     <w:rsid w:val="00AB3F9A"/>
     <w:rsid w:val="00AB57E3"/>
     <w:rsid w:val="00AB642A"/>
     <w:rsid w:val="00AB6DB1"/>
     <w:rsid w:val="00AC024E"/>
     <w:rsid w:val="00AC2E23"/>
     <w:rsid w:val="00AC6D21"/>
+    <w:rsid w:val="00AC6F79"/>
     <w:rsid w:val="00AC7D2C"/>
     <w:rsid w:val="00AD00D2"/>
     <w:rsid w:val="00AD10C6"/>
     <w:rsid w:val="00AD1452"/>
     <w:rsid w:val="00AD1BD3"/>
     <w:rsid w:val="00AD207B"/>
     <w:rsid w:val="00AD2160"/>
     <w:rsid w:val="00AD2DD8"/>
     <w:rsid w:val="00AD2F53"/>
     <w:rsid w:val="00AD6377"/>
     <w:rsid w:val="00AD71A3"/>
     <w:rsid w:val="00AD75D2"/>
     <w:rsid w:val="00AE0EA9"/>
+    <w:rsid w:val="00AE1699"/>
+    <w:rsid w:val="00AE219B"/>
     <w:rsid w:val="00AE2994"/>
+    <w:rsid w:val="00AE687F"/>
     <w:rsid w:val="00AE7167"/>
     <w:rsid w:val="00AF04D7"/>
     <w:rsid w:val="00AF0D87"/>
+    <w:rsid w:val="00AF12B5"/>
+    <w:rsid w:val="00AF1E11"/>
     <w:rsid w:val="00AF360C"/>
     <w:rsid w:val="00AF3788"/>
     <w:rsid w:val="00AF41A8"/>
     <w:rsid w:val="00AF72B5"/>
     <w:rsid w:val="00AF7B97"/>
     <w:rsid w:val="00AF7F08"/>
     <w:rsid w:val="00B01753"/>
     <w:rsid w:val="00B06E4B"/>
     <w:rsid w:val="00B11DBF"/>
+    <w:rsid w:val="00B14DC9"/>
+    <w:rsid w:val="00B2005F"/>
     <w:rsid w:val="00B23787"/>
     <w:rsid w:val="00B27D03"/>
     <w:rsid w:val="00B3006C"/>
     <w:rsid w:val="00B305BA"/>
     <w:rsid w:val="00B307A8"/>
     <w:rsid w:val="00B31101"/>
     <w:rsid w:val="00B32FD0"/>
     <w:rsid w:val="00B33141"/>
     <w:rsid w:val="00B333D8"/>
     <w:rsid w:val="00B33A2C"/>
     <w:rsid w:val="00B348E4"/>
     <w:rsid w:val="00B36D1C"/>
     <w:rsid w:val="00B430C9"/>
+    <w:rsid w:val="00B44448"/>
+    <w:rsid w:val="00B44FCE"/>
     <w:rsid w:val="00B47447"/>
     <w:rsid w:val="00B506C8"/>
     <w:rsid w:val="00B516BF"/>
     <w:rsid w:val="00B5351B"/>
     <w:rsid w:val="00B53F84"/>
+    <w:rsid w:val="00B55EDD"/>
     <w:rsid w:val="00B5661F"/>
     <w:rsid w:val="00B574F7"/>
+    <w:rsid w:val="00B63C77"/>
     <w:rsid w:val="00B64B33"/>
     <w:rsid w:val="00B65539"/>
     <w:rsid w:val="00B6637A"/>
     <w:rsid w:val="00B67831"/>
+    <w:rsid w:val="00B7003B"/>
     <w:rsid w:val="00B73A03"/>
     <w:rsid w:val="00B73DD3"/>
     <w:rsid w:val="00B74326"/>
+    <w:rsid w:val="00B77554"/>
     <w:rsid w:val="00B8216B"/>
     <w:rsid w:val="00B82C1A"/>
     <w:rsid w:val="00B82C33"/>
     <w:rsid w:val="00B84974"/>
     <w:rsid w:val="00B864C0"/>
     <w:rsid w:val="00B87A04"/>
+    <w:rsid w:val="00B87FDB"/>
     <w:rsid w:val="00B90ADF"/>
     <w:rsid w:val="00B91D19"/>
     <w:rsid w:val="00B92A00"/>
     <w:rsid w:val="00B92C19"/>
     <w:rsid w:val="00B9491D"/>
     <w:rsid w:val="00B94B55"/>
     <w:rsid w:val="00B968A0"/>
+    <w:rsid w:val="00B96C03"/>
     <w:rsid w:val="00B97614"/>
     <w:rsid w:val="00BA19E5"/>
     <w:rsid w:val="00BA1FB5"/>
-    <w:rsid w:val="00BA2B6E"/>
     <w:rsid w:val="00BA6BE2"/>
     <w:rsid w:val="00BB3B30"/>
     <w:rsid w:val="00BB5AA2"/>
     <w:rsid w:val="00BB69F0"/>
     <w:rsid w:val="00BC020D"/>
     <w:rsid w:val="00BC04E2"/>
     <w:rsid w:val="00BC0F16"/>
     <w:rsid w:val="00BC1BAA"/>
     <w:rsid w:val="00BC1DC8"/>
     <w:rsid w:val="00BC3D0B"/>
     <w:rsid w:val="00BC4B0A"/>
     <w:rsid w:val="00BC4D56"/>
     <w:rsid w:val="00BC50C2"/>
     <w:rsid w:val="00BC6F6F"/>
     <w:rsid w:val="00BC7634"/>
     <w:rsid w:val="00BD4C7F"/>
+    <w:rsid w:val="00BD652C"/>
     <w:rsid w:val="00BD65E2"/>
     <w:rsid w:val="00BD7766"/>
     <w:rsid w:val="00BE0FA3"/>
+    <w:rsid w:val="00BE4771"/>
     <w:rsid w:val="00BE5CB5"/>
     <w:rsid w:val="00BE5E12"/>
     <w:rsid w:val="00BE6023"/>
     <w:rsid w:val="00BE638A"/>
     <w:rsid w:val="00BE68A8"/>
     <w:rsid w:val="00BF1C23"/>
     <w:rsid w:val="00BF49C4"/>
     <w:rsid w:val="00BF5322"/>
     <w:rsid w:val="00BF6A3E"/>
     <w:rsid w:val="00C01E1E"/>
     <w:rsid w:val="00C0287A"/>
     <w:rsid w:val="00C04459"/>
     <w:rsid w:val="00C06B2A"/>
     <w:rsid w:val="00C06B36"/>
     <w:rsid w:val="00C073F1"/>
     <w:rsid w:val="00C10C58"/>
     <w:rsid w:val="00C12984"/>
     <w:rsid w:val="00C130F6"/>
+    <w:rsid w:val="00C13F79"/>
+    <w:rsid w:val="00C145D6"/>
     <w:rsid w:val="00C20865"/>
     <w:rsid w:val="00C248F5"/>
+    <w:rsid w:val="00C24987"/>
     <w:rsid w:val="00C250F4"/>
     <w:rsid w:val="00C250F6"/>
     <w:rsid w:val="00C25436"/>
     <w:rsid w:val="00C30661"/>
     <w:rsid w:val="00C33482"/>
     <w:rsid w:val="00C37FD0"/>
     <w:rsid w:val="00C40099"/>
     <w:rsid w:val="00C41E1C"/>
     <w:rsid w:val="00C454AD"/>
+    <w:rsid w:val="00C47056"/>
     <w:rsid w:val="00C503B3"/>
     <w:rsid w:val="00C525DF"/>
     <w:rsid w:val="00C54D92"/>
     <w:rsid w:val="00C55E30"/>
     <w:rsid w:val="00C56571"/>
+    <w:rsid w:val="00C57F1C"/>
     <w:rsid w:val="00C601E4"/>
+    <w:rsid w:val="00C61F7B"/>
     <w:rsid w:val="00C62E43"/>
     <w:rsid w:val="00C63CA2"/>
     <w:rsid w:val="00C64EDE"/>
+    <w:rsid w:val="00C6624B"/>
     <w:rsid w:val="00C66CAA"/>
     <w:rsid w:val="00C66D8A"/>
     <w:rsid w:val="00C7098B"/>
     <w:rsid w:val="00C709F0"/>
     <w:rsid w:val="00C72F40"/>
     <w:rsid w:val="00C75489"/>
     <w:rsid w:val="00C76887"/>
     <w:rsid w:val="00C76E50"/>
     <w:rsid w:val="00C8121B"/>
     <w:rsid w:val="00C82AB5"/>
     <w:rsid w:val="00C8309D"/>
     <w:rsid w:val="00C84688"/>
     <w:rsid w:val="00C86040"/>
     <w:rsid w:val="00C87786"/>
     <w:rsid w:val="00C91D56"/>
+    <w:rsid w:val="00C93DA2"/>
+    <w:rsid w:val="00C956A6"/>
     <w:rsid w:val="00C95FDE"/>
     <w:rsid w:val="00CA0850"/>
     <w:rsid w:val="00CA1D91"/>
     <w:rsid w:val="00CA3964"/>
+    <w:rsid w:val="00CA4009"/>
     <w:rsid w:val="00CA56C8"/>
+    <w:rsid w:val="00CA7B6E"/>
     <w:rsid w:val="00CA7EAF"/>
     <w:rsid w:val="00CB0E66"/>
     <w:rsid w:val="00CB0FF2"/>
     <w:rsid w:val="00CB44D5"/>
     <w:rsid w:val="00CB478B"/>
     <w:rsid w:val="00CB7217"/>
     <w:rsid w:val="00CB7E6C"/>
     <w:rsid w:val="00CC01C7"/>
     <w:rsid w:val="00CC25EC"/>
     <w:rsid w:val="00CC672E"/>
+    <w:rsid w:val="00CC6966"/>
     <w:rsid w:val="00CD3AB6"/>
     <w:rsid w:val="00CD4669"/>
     <w:rsid w:val="00CD5D2B"/>
     <w:rsid w:val="00CD6858"/>
     <w:rsid w:val="00CD77B9"/>
     <w:rsid w:val="00CE014A"/>
     <w:rsid w:val="00CE1560"/>
     <w:rsid w:val="00CE28A5"/>
     <w:rsid w:val="00CE6246"/>
     <w:rsid w:val="00CE730F"/>
+    <w:rsid w:val="00CE7DF5"/>
     <w:rsid w:val="00CF0140"/>
     <w:rsid w:val="00CF2B4D"/>
     <w:rsid w:val="00CF2F6C"/>
     <w:rsid w:val="00CF44A6"/>
     <w:rsid w:val="00CF4A7C"/>
+    <w:rsid w:val="00CF5E61"/>
     <w:rsid w:val="00CF692A"/>
     <w:rsid w:val="00CF7189"/>
     <w:rsid w:val="00CF73CD"/>
     <w:rsid w:val="00CF74F0"/>
     <w:rsid w:val="00CF75C2"/>
     <w:rsid w:val="00D02961"/>
+    <w:rsid w:val="00D032A2"/>
+    <w:rsid w:val="00D04E0F"/>
     <w:rsid w:val="00D06B8E"/>
     <w:rsid w:val="00D10830"/>
     <w:rsid w:val="00D15E80"/>
     <w:rsid w:val="00D165C5"/>
+    <w:rsid w:val="00D165F6"/>
     <w:rsid w:val="00D17774"/>
     <w:rsid w:val="00D21AE6"/>
     <w:rsid w:val="00D22D63"/>
     <w:rsid w:val="00D2422F"/>
+    <w:rsid w:val="00D2497F"/>
     <w:rsid w:val="00D25F60"/>
     <w:rsid w:val="00D3124C"/>
+    <w:rsid w:val="00D3225F"/>
     <w:rsid w:val="00D32687"/>
     <w:rsid w:val="00D3526E"/>
     <w:rsid w:val="00D37EB9"/>
     <w:rsid w:val="00D40F4B"/>
     <w:rsid w:val="00D46D6D"/>
     <w:rsid w:val="00D47885"/>
     <w:rsid w:val="00D47EDB"/>
     <w:rsid w:val="00D5178C"/>
     <w:rsid w:val="00D51FD8"/>
     <w:rsid w:val="00D521FA"/>
     <w:rsid w:val="00D52510"/>
     <w:rsid w:val="00D52A6C"/>
     <w:rsid w:val="00D53779"/>
+    <w:rsid w:val="00D54311"/>
     <w:rsid w:val="00D55D91"/>
     <w:rsid w:val="00D57566"/>
     <w:rsid w:val="00D57DD6"/>
     <w:rsid w:val="00D6153A"/>
     <w:rsid w:val="00D642F7"/>
     <w:rsid w:val="00D64A72"/>
     <w:rsid w:val="00D653E7"/>
+    <w:rsid w:val="00D70764"/>
     <w:rsid w:val="00D70AA5"/>
     <w:rsid w:val="00D74441"/>
     <w:rsid w:val="00D74F46"/>
     <w:rsid w:val="00D767CB"/>
     <w:rsid w:val="00D77E30"/>
+    <w:rsid w:val="00D80BA0"/>
     <w:rsid w:val="00D80D86"/>
+    <w:rsid w:val="00D83192"/>
     <w:rsid w:val="00D8386C"/>
     <w:rsid w:val="00D8470B"/>
     <w:rsid w:val="00D84FC9"/>
     <w:rsid w:val="00D86269"/>
     <w:rsid w:val="00D902D3"/>
     <w:rsid w:val="00D90B83"/>
     <w:rsid w:val="00D914E7"/>
     <w:rsid w:val="00D92DCF"/>
     <w:rsid w:val="00D93716"/>
     <w:rsid w:val="00D93CBE"/>
     <w:rsid w:val="00D9551D"/>
     <w:rsid w:val="00D961C6"/>
     <w:rsid w:val="00DA1F94"/>
     <w:rsid w:val="00DA3C14"/>
     <w:rsid w:val="00DA423D"/>
     <w:rsid w:val="00DA7B03"/>
     <w:rsid w:val="00DA7B51"/>
     <w:rsid w:val="00DB229B"/>
     <w:rsid w:val="00DB6C22"/>
     <w:rsid w:val="00DB77A3"/>
     <w:rsid w:val="00DC077A"/>
     <w:rsid w:val="00DC22EF"/>
     <w:rsid w:val="00DC38A9"/>
+    <w:rsid w:val="00DC38F0"/>
     <w:rsid w:val="00DC3D25"/>
     <w:rsid w:val="00DC44F8"/>
     <w:rsid w:val="00DC607C"/>
     <w:rsid w:val="00DD1648"/>
     <w:rsid w:val="00DD3369"/>
     <w:rsid w:val="00DD48ED"/>
     <w:rsid w:val="00DD4FA3"/>
     <w:rsid w:val="00DD5627"/>
     <w:rsid w:val="00DD588E"/>
     <w:rsid w:val="00DD704D"/>
     <w:rsid w:val="00DE1D0C"/>
     <w:rsid w:val="00DE2A15"/>
     <w:rsid w:val="00DE2B39"/>
     <w:rsid w:val="00DE2B6B"/>
     <w:rsid w:val="00DE33DC"/>
     <w:rsid w:val="00DE5F37"/>
     <w:rsid w:val="00DE682D"/>
+    <w:rsid w:val="00DE79B4"/>
     <w:rsid w:val="00DF0EC7"/>
     <w:rsid w:val="00DF1439"/>
     <w:rsid w:val="00DF3035"/>
     <w:rsid w:val="00DF4419"/>
     <w:rsid w:val="00DF4B57"/>
     <w:rsid w:val="00DF4F40"/>
     <w:rsid w:val="00DF7D7F"/>
     <w:rsid w:val="00E007EE"/>
     <w:rsid w:val="00E00AFA"/>
     <w:rsid w:val="00E02D39"/>
     <w:rsid w:val="00E12C60"/>
     <w:rsid w:val="00E15B74"/>
     <w:rsid w:val="00E15F97"/>
     <w:rsid w:val="00E16D9B"/>
     <w:rsid w:val="00E17BF8"/>
     <w:rsid w:val="00E21570"/>
     <w:rsid w:val="00E23073"/>
     <w:rsid w:val="00E24436"/>
     <w:rsid w:val="00E2610E"/>
     <w:rsid w:val="00E27852"/>
+    <w:rsid w:val="00E32064"/>
     <w:rsid w:val="00E337D3"/>
+    <w:rsid w:val="00E3454D"/>
     <w:rsid w:val="00E34783"/>
     <w:rsid w:val="00E352DE"/>
     <w:rsid w:val="00E35B7D"/>
     <w:rsid w:val="00E36ADE"/>
     <w:rsid w:val="00E36DBD"/>
     <w:rsid w:val="00E36FAF"/>
     <w:rsid w:val="00E42410"/>
     <w:rsid w:val="00E44326"/>
     <w:rsid w:val="00E44857"/>
     <w:rsid w:val="00E52F74"/>
     <w:rsid w:val="00E5312A"/>
+    <w:rsid w:val="00E5327E"/>
     <w:rsid w:val="00E5382E"/>
+    <w:rsid w:val="00E54CEE"/>
+    <w:rsid w:val="00E56B58"/>
     <w:rsid w:val="00E56E9B"/>
     <w:rsid w:val="00E572B4"/>
     <w:rsid w:val="00E6010D"/>
     <w:rsid w:val="00E62FB1"/>
     <w:rsid w:val="00E633EF"/>
     <w:rsid w:val="00E6625E"/>
     <w:rsid w:val="00E668CE"/>
     <w:rsid w:val="00E67198"/>
     <w:rsid w:val="00E67C5E"/>
     <w:rsid w:val="00E72E7D"/>
     <w:rsid w:val="00E74520"/>
     <w:rsid w:val="00E74CCA"/>
     <w:rsid w:val="00E74E10"/>
+    <w:rsid w:val="00E7606C"/>
     <w:rsid w:val="00E76569"/>
     <w:rsid w:val="00E800D1"/>
+    <w:rsid w:val="00E8232B"/>
+    <w:rsid w:val="00E82C73"/>
+    <w:rsid w:val="00E832BB"/>
     <w:rsid w:val="00E83DE5"/>
     <w:rsid w:val="00E843BF"/>
     <w:rsid w:val="00E86B78"/>
+    <w:rsid w:val="00E87199"/>
     <w:rsid w:val="00E90FF6"/>
     <w:rsid w:val="00E92E9C"/>
     <w:rsid w:val="00E938AC"/>
+    <w:rsid w:val="00E93EBC"/>
     <w:rsid w:val="00E963B4"/>
     <w:rsid w:val="00EA16BA"/>
     <w:rsid w:val="00EA2A92"/>
     <w:rsid w:val="00EA3334"/>
     <w:rsid w:val="00EA3D35"/>
     <w:rsid w:val="00EA4320"/>
     <w:rsid w:val="00EA73D9"/>
     <w:rsid w:val="00EB00EA"/>
     <w:rsid w:val="00EB0696"/>
     <w:rsid w:val="00EB2ED3"/>
     <w:rsid w:val="00EB3F97"/>
     <w:rsid w:val="00EB5158"/>
     <w:rsid w:val="00EB534E"/>
+    <w:rsid w:val="00EC2BE7"/>
     <w:rsid w:val="00EC43DF"/>
+    <w:rsid w:val="00EC4CB0"/>
     <w:rsid w:val="00EC59B6"/>
+    <w:rsid w:val="00EC5E8D"/>
     <w:rsid w:val="00EC7CDF"/>
     <w:rsid w:val="00ED069C"/>
     <w:rsid w:val="00ED0D0A"/>
     <w:rsid w:val="00ED2226"/>
-    <w:rsid w:val="00ED25E0"/>
     <w:rsid w:val="00ED2F63"/>
+    <w:rsid w:val="00ED370C"/>
     <w:rsid w:val="00ED69D1"/>
+    <w:rsid w:val="00ED7ACA"/>
+    <w:rsid w:val="00EE29AC"/>
     <w:rsid w:val="00EE5EDB"/>
     <w:rsid w:val="00EE738A"/>
+    <w:rsid w:val="00EE75B2"/>
     <w:rsid w:val="00EE7876"/>
     <w:rsid w:val="00EF130C"/>
     <w:rsid w:val="00EF39D1"/>
     <w:rsid w:val="00EF3B2F"/>
     <w:rsid w:val="00F000DF"/>
     <w:rsid w:val="00F01040"/>
     <w:rsid w:val="00F0411B"/>
     <w:rsid w:val="00F0426C"/>
     <w:rsid w:val="00F04300"/>
     <w:rsid w:val="00F066CD"/>
     <w:rsid w:val="00F07356"/>
     <w:rsid w:val="00F07DF7"/>
+    <w:rsid w:val="00F12A2C"/>
     <w:rsid w:val="00F13676"/>
     <w:rsid w:val="00F1368A"/>
     <w:rsid w:val="00F143DB"/>
     <w:rsid w:val="00F14C57"/>
     <w:rsid w:val="00F179A3"/>
+    <w:rsid w:val="00F2550C"/>
     <w:rsid w:val="00F27005"/>
     <w:rsid w:val="00F313F3"/>
     <w:rsid w:val="00F31649"/>
     <w:rsid w:val="00F31DD8"/>
     <w:rsid w:val="00F331FF"/>
     <w:rsid w:val="00F34117"/>
     <w:rsid w:val="00F34463"/>
     <w:rsid w:val="00F34568"/>
     <w:rsid w:val="00F347BF"/>
     <w:rsid w:val="00F372F8"/>
     <w:rsid w:val="00F41F61"/>
     <w:rsid w:val="00F427DA"/>
     <w:rsid w:val="00F428FA"/>
     <w:rsid w:val="00F5025F"/>
     <w:rsid w:val="00F541B8"/>
     <w:rsid w:val="00F56C5E"/>
     <w:rsid w:val="00F60A1E"/>
     <w:rsid w:val="00F60C4C"/>
     <w:rsid w:val="00F62340"/>
     <w:rsid w:val="00F66590"/>
     <w:rsid w:val="00F70168"/>
     <w:rsid w:val="00F7055D"/>
     <w:rsid w:val="00F70898"/>
+    <w:rsid w:val="00F70A4F"/>
     <w:rsid w:val="00F718F1"/>
+    <w:rsid w:val="00F7217B"/>
     <w:rsid w:val="00F75AEC"/>
     <w:rsid w:val="00F76346"/>
     <w:rsid w:val="00F7658E"/>
+    <w:rsid w:val="00F81E50"/>
+    <w:rsid w:val="00F82BB0"/>
     <w:rsid w:val="00F830DA"/>
     <w:rsid w:val="00F841B3"/>
     <w:rsid w:val="00F86DAE"/>
     <w:rsid w:val="00F91275"/>
     <w:rsid w:val="00F91408"/>
     <w:rsid w:val="00F9597A"/>
     <w:rsid w:val="00FA0817"/>
     <w:rsid w:val="00FA2B53"/>
     <w:rsid w:val="00FA2F89"/>
     <w:rsid w:val="00FA3181"/>
     <w:rsid w:val="00FA674D"/>
+    <w:rsid w:val="00FB6939"/>
     <w:rsid w:val="00FC0189"/>
     <w:rsid w:val="00FC225B"/>
     <w:rsid w:val="00FC498F"/>
     <w:rsid w:val="00FC4E24"/>
     <w:rsid w:val="00FC5483"/>
     <w:rsid w:val="00FC5E8F"/>
     <w:rsid w:val="00FC6F82"/>
     <w:rsid w:val="00FD0FDD"/>
     <w:rsid w:val="00FD20E4"/>
     <w:rsid w:val="00FD2B9F"/>
     <w:rsid w:val="00FD311C"/>
     <w:rsid w:val="00FD448A"/>
     <w:rsid w:val="00FD6FA2"/>
     <w:rsid w:val="00FD7A73"/>
     <w:rsid w:val="00FD7BB2"/>
     <w:rsid w:val="00FE1F32"/>
     <w:rsid w:val="00FE2D02"/>
+    <w:rsid w:val="00FE2E1A"/>
     <w:rsid w:val="00FE310D"/>
     <w:rsid w:val="00FE76FB"/>
     <w:rsid w:val="00FE7DE4"/>
     <w:rsid w:val="00FF00F3"/>
     <w:rsid w:val="00FF2F2B"/>
     <w:rsid w:val="00FF3431"/>
     <w:rsid w:val="00FF39D9"/>
     <w:rsid w:val="00FF506F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="769EA8B3"/>
+  <w14:docId w14:val="2B48C35E"/>
   <w15:docId w15:val="{644700D5-F3BD-4565-9AA4-A522D3728794}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7400,94 +7773,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -8733,50 +9110,73 @@
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="hu-HU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="uj">
     <w:name w:val="uj"/>
     <w:basedOn w:val="Norml"/>
     <w:rsid w:val="00AA257C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="hu-HU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="highlighted">
     <w:name w:val="highlighted"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:rsid w:val="00AA257C"/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Rcsostblzat1">
+    <w:name w:val="Rácsos táblázat1"/>
+    <w:basedOn w:val="Normltblzat"/>
+    <w:next w:val="Rcsostblzat"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="000A7F8D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="15009990">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="310208365">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8790,50 +9190,147 @@
     <w:div w:id="439760995">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="703411190">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="795954462">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2035576497">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="2" w:space="4" w:color="CCCCCC"/>
+            <w:left w:val="single" w:sz="2" w:space="4" w:color="CCCCCC"/>
+            <w:bottom w:val="single" w:sz="2" w:space="4" w:color="CCCCCC"/>
+            <w:right w:val="single" w:sz="2" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1283534010">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="750540928">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="416555749">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1248542515">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1446076715">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="860357905">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="861479424">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9206,75 +9703,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...23 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Szabályzatnyilvántartás dokumentum" ma:contentTypeID="0x0101005CD9229EC1DE5B489F19CD8FE3767AB200FE67902A2300FC4D84F8C6BEE974E210" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="6f2ea8c13c5394819acec8af99971729">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7d73f47b-c675-402d-a96b-e04710c3cbfe" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="acbb445f69e3e77608f9c34ead605d42" ns2:_="">
     <xsd:import namespace="7d73f47b-c675-402d-a96b-e04710c3cbfe"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Szervezeti_x0020_egységek_x0020_-_x0020_szabályzatok_x0020_dokumentumtár" minOccurs="0"/>
                 <xsd:element ref="ns2:Törzsnyilvántartási_x0020_szám" minOccurs="0"/>
                 <xsd:element ref="ns2:Hatálybalépés_x0020_tervezett_x0020_időpontja"/>
                 <xsd:element ref="ns2:Hatályon_x0020_kívül_x0020_helyezés_x0020_tervezett_x0020_időpontja" minOccurs="0"/>
                 <xsd:element ref="ns2:Érvényesség"/>
                 <xsd:element ref="ns2:Típus_x0020__x0028_szabályzat_x002c__x0020_utasítás_x0029_" minOccurs="0"/>
                 <xsd:element ref="ns2:Korábbi_x0020_törzsnyilvántartási_x0020_szám" minOccurs="0"/>
                 <xsd:element ref="ns2:Korábbi_x0020_cím" minOccurs="0"/>
                 <xsd:element ref="ns2:Státusz"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -9423,134 +9895,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Törzsnyilvántartási_x0020_szám xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe">01/2019.</Törzsnyilvántartási_x0020_szám>
+    <Típus_x0020__x0028_szabályzat_x002c__x0020_utasítás_x0029_ xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe">Szabályzat</Típus_x0020__x0028_szabályzat_x002c__x0020_utasítás_x0029_>
+    <Érvényesség xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe">Visszavonásig érvényes</Érvényesség>
+    <Korábbi_x0020_cím xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe" xsi:nil="true"/>
+    <Korábbi_x0020_törzsnyilvántartási_x0020_szám xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe">18/2017.</Korábbi_x0020_törzsnyilvántartási_x0020_szám>
+    <Hatálybalépés_x0020_tervezett_x0020_időpontja xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe">2019-03-31T22:00:00+00:00</Hatálybalépés_x0020_tervezett_x0020_időpontja>
+    <Hatályon_x0020_kívül_x0020_helyezés_x0020_tervezett_x0020_időpontja xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe" xsi:nil="true"/>
+    <Státusz xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe">Hatályos</Státusz>
+    <Szervezeti_x0020_egységek_x0020_-_x0020_szabályzatok_x0020_dokumentumtár xmlns="7d73f47b-c675-402d-a96b-e04710c3cbfe">20</Szervezeti_x0020_egységek_x0020_-_x0020_szabályzatok_x0020_dokumentumtár>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA900AA2-C03F-434A-A675-45A93852930A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7d73f47b-c675-402d-a96b-e04710c3cbfe"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCD35C2A-D4AB-436F-8E41-10EDA1A3E5F0}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12587C48-2900-4AEF-9A8E-DADA647CD076}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{442C5071-CDED-4C4E-8E74-88E2F5C9B45D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7974F5C2-7F77-47EB-803B-3BA6A4BCBFBB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7d73f47b-c675-402d-a96b-e04710c3cbfe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>350</Words>
-  <Characters>2415</Characters>
+  <Words>348</Words>
+  <Characters>2408</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Az ÁEEK gépjármű használati rendje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>WXPEE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2760</CharactersWithSpaces>
+  <CharactersWithSpaces>2751</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="240" baseType="variant">
       <vt:variant>
         <vt:i4>1048631</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>119</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc416701501</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1048631</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -10239,40 +10730,42 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc416701467</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Az ÁEEK gépjármű használati rendje</dc:title>
+  <dc:creator>Kéki Ágnes</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005CD9229EC1DE5B489F19CD8FE3767AB200FE67902A2300FC4D84F8C6BEE974E210</vt:lpwstr>
   </property>
 </Properties>
 </file>